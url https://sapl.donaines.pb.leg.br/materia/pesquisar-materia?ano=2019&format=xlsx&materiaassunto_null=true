--- v0 (2025-12-04)
+++ v1 (2026-03-05)
@@ -54,2082 +54,2082 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2083</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EMOD</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
     <t>COF - COMISSÃO DE ORÇAMENTOS E FINANÇAS</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2083/emenda_modificativa_n_01_ao_pl__n_019_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2083/emenda_modificativa_n_01_ao_pl__n_019_de_2019.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 001/2019. DISPÕE SOBRE EMENDA AO PROJETO DE LEI Nº 019/2019 QUE ESTABELECEM AS DIRETRIZES PARA A ELABORAÇÃO DO ORÇAMENTO GERAL DO MUNICÍPIO PARA O EXERCÍCIO DE 2020.</t>
   </si>
   <si>
     <t>2084</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2084/emenda_modificativa_n_02_ao_pl__n_019_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2084/emenda_modificativa_n_02_ao_pl__n_019_de_2019.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 002/2019 AO PROJETO DE LEI Nº 19/2019, QUE ESTABELECEM AS DIRETRIZES PARA A ELABORAÇÃO DO ORÇAMENTO GERALDO MUNICÍPIO PARA O EXERCÍCIO DE 2020.</t>
   </si>
   <si>
     <t>2166</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>EDMILSON ROCHA</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2166/emenda_modificativa_n_03_ao_pl__n_031_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2166/emenda_modificativa_n_03_ao_pl__n_031_de_2019.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 031/2019. “QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE DONA INÊS, PARA O EXERCÍCIO ECONÔMICO- FINANCEIRO DE 2020 E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>2167</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>JOSÉ EDMILSON</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2167/emenda_modificativa_n_04_ao_pl__n_031_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2167/emenda_modificativa_n_04_ao_pl__n_031_de_2019.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 031/2019. “QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE DONA INÊS, PARA O EXERCÍCIO ECONÔMICO- FINANCEIRO DE 2020 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2082</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2082/projeto_de_decreto_legislativo_n_001_de_25_de_m_ekea66L.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2082/projeto_de_decreto_legislativo_n_001_de_25_de_m_ekea66L.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DA PRESTAÇÃO DE CONTAS ANUAIS DA PREFEITURA MUNICIPAL DE DONA INÊS/PB , EXERCÍCIO  DE 2017, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2135</t>
   </si>
   <si>
     <t>DAMÁSIO BERTO</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2135/projeto_de_decreto_legislativo_n002_de_04_de_novembro_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2135/projeto_de_decreto_legislativo_n002_de_04_de_novembro_de_2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O TÍTULO DE CIDADANIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2154</t>
   </si>
   <si>
     <t>ROSINHA BOLACHINHA</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2154/projeto_de_decreto_legislativo_n003_de_04_de_no_tVhyBk7.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2154/projeto_de_decreto_legislativo_n003_de_04_de_no_tVhyBk7.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO DONAINESENSE E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>MESA DA CÂMARA</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/1988/projeto_de_lei_n_001_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/1988/projeto_de_lei_n_001_de_2019.pdf</t>
   </si>
   <si>
     <t>FIXA O ÍNDICE DE REVISÃO GERAL ANUAL, PRECEITUADA NO ART. 37, INCISO X, DA CF/88, COMBINADO COMO ART. 49, XVI, DA LOM, PARA AS REMUNERAÇÕES E SUBSÍDIOS DOS SERVIDORES E AGENTES POLÍTICOS DO PODER LEGISLATIVO NO EXERCÍCIO DE 2019, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1989</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/1989/projeto_de_lei_n_002_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/1989/projeto_de_lei_n_002_de_2019.pdf</t>
   </si>
   <si>
     <t>FIXA VALOR DO SALÁRIO MÍNIMO DO SERVIDORES DA CÂMARA MUNICIPAL DE DONA INÊS /PB E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/1990/projeto_de_lei_n_003_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/1990/projeto_de_lei_n_003_de_2019.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CAMPANHA DE CONSCIENTIZAÇÃO SOBRE A HANSENÍASE, DENOMINADA DE "JANEIRO ROXO", NO MUNICÍPIO DE DONA INÊS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/1991/projeto_de_lei_n_004_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/1991/projeto_de_lei_n_004_de_2019.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CAMPANHA DE ESTÍMULO AO CUIDADO MENTAL E BEM ESTAR, DENOMINADA "JANEIRO BRANCO", NO MUNICÍPIO DE DONA INÊS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/1992/projeto_de_lei_n_005_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/1992/projeto_de_lei_n_005_de_2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DA CAMPANHA DE PREVENÇÃO AO SUICÍDIO "SETEMBRO AMARELO" NO MUNICÍPIO DE DONA INÊS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/1993/projeto_de_lei_n_006_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/1993/projeto_de_lei_n_006_de_2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DA DISPONIBILIZAÇÃO DE INFORMAÇÕES , SOBRE MEDICAMENTOS DISTRIBUÍDOS GRATUITAMENTE À POPULAÇÃO PELO SISTEMA ÚNICO DE SAÚDE (SUS), NO MUNICÍPIO DE DONA INÊS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/1994/projeto_de_lei_n_007_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/1994/projeto_de_lei_n_007_de_2019.pdf</t>
   </si>
   <si>
     <t>INSTITUI A "SEMANA DA FAMÍLIA NA ESCOLA", NO ÂMBITO DO MUNICÍPIO DE DONA INÊS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>RHUAN RIBEIRO</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2007/projeto_de_lei_n_008_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2007/projeto_de_lei_n_008_de_2019.pdf</t>
   </si>
   <si>
     <t>FICA PERMITIDO A CADA TIME A PARTICIPAÇÃO DE 10% (DEZ POR CENTO) DE ATLETAS (JOGADORES) NÃO RESIDENTES NO MUNICÍPIO DE DONA INÊS EM CAMPEONATOS OU TORNEIOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2008/projeto_de_lei_n_009_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2008/projeto_de_lei_n_009_de_2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ISENÇÃO DE PAGAMENTO DE TAXAS DE INSCRIÇÃO EM SELETIVOS DE CONTRATAÇÃO E CONCURSOS PÚBLICOS, NO ÂMBITO DO MUNICÍPIO DE DONA INÊS,PARA CIDADÃOS QUE PRESTEM SERVIÇOS À JUSTIÇA ELEITORAL NO PERÍODO DE ELEIÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2031</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>PREFEITO MUNICIPAL</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2031/projeto_de_lei_n_010_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2031/projeto_de_lei_n_010_de_2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REAJUSTE DO SALÁRIO MÍNIMO DOS SERVIDORES MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2032</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2032/projeto_de_lei_n_011_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2032/projeto_de_lei_n_011_de_2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REAJUSTE DO PISO SALARIAL DOS PROFISSIONAIS DOS AGENTE COMUNITÁRIOS DE SAÚDE E DOS AGENTES DE COMBATES AS ENDEMIAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2034</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2034/projeto_de_lei_n_012_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2034/projeto_de_lei_n_012_de_2019.pdf</t>
   </si>
   <si>
     <t>INSTITUI O "DIA MUNICIPAL DO DOADOR VOLUNTÁRIO DE SANGUE" E A "SEMANA MUNICIPAL DE INCENTIVO À DOAÇÃO DE SANGUE" O ÂMBITO DO MUNICÍPIO DE DONA INÊS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>2035</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2035/projeto_de_lei_n_013_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2035/projeto_de_lei_n_013_de_2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSERÇÃO DO NOME DO AUTOR DO PROJETO DE LEI NAS LEIS DO MUNICÍPIO DE DONA INÊS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2036</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2036/projeto_de_lei_n_014_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2036/projeto_de_lei_n_014_de_2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DO PODER EXECUTIVO ENVIAR EDITAIS DE LICITAÇÃO E DE DECRETOS PARA A CÂMARA DE VEREADORES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2037</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2037/projeto_de_lei_n_015_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2037/projeto_de_lei_n_015_de_2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE ENVIO DE INFORMAÇÕES À CÂMARA DE VEREADORES SOBRE AS INDICAÇÕES E OS PEDIDOS DE PROVIDÊNCIAS REMETIDOS AO PODER EXECUTIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2071</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2071/projeto_de_lei_n_016_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2071/projeto_de_lei_n_016_de_2019.pdf</t>
   </si>
   <si>
     <t>QUE INSTITUI O SERVIÇO DE ACOLHIMENTO FAMILIAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2070</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2070/projeto_de_lei_n_017_de_2019_WacLZKb.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2070/projeto_de_lei_n_017_de_2019_WacLZKb.pdf</t>
   </si>
   <si>
     <t>QUE CRIA PRAÇA DE TÁXI, INSTITUI A ATIVIDADE DE TAXISTA E ESTABELECE NORMAS PARA A EXPLORAÇÃO DO SERVIÇO DE TRANSPORTE INDIVIDUAL E/OU COLETIVO DE PASSAGEIROS, POR TÁXI, NO ÂMBITO DO MUNICÍPIO DE DONA INÊS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2072</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2072/projeto_de_lei_n_018_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2072/projeto_de_lei_n_018_de_2019.pdf</t>
   </si>
   <si>
     <t>QUE DISPÕE SOBRE TRANSMISSÃO AO VIVO, VIA INTERNET, DE TODAS AS LICITAÇÕES REALIZADAS NO PODER EXECUTIVO E LEGISLATIVO MUNICÍPIO DE DONA INÊS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2080</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2080/projeto_de_lei_n_019_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2080/projeto_de_lei_n_019_de_2019.pdf</t>
   </si>
   <si>
     <t>QUE ESTABELECE AS DIRETRIZES PARA A ELABORAÇÃO DO ORÇAMENTO GERAL DO MUNICÍPIO RELATIVO AO EXERCÍCIO DE 2020 E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2081</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2081/projeto_de_lei_n_020_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2081/projeto_de_lei_n_020_de_2019.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 598/2011 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2087</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>JAIRO</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2087/projeto_de_lei_n_021_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2087/projeto_de_lei_n_021_de_2019.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO DE SEGURANÇA PÚBLICA DE DONA INÊS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2088</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2088/projeto_de_lei_n_022_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2088/projeto_de_lei_n_022_de_2019.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DOS DIREITOS DA PESSOA COM DEFICIÊNCIA E ESTABELECE A POLÍTICA MUNICIPAL DA PESSOA COM DEFICIÊNCIA DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2118</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/</t>
+    <t>http://sapl.donaines.pb.leg.br/media/</t>
   </si>
   <si>
     <t>CRIA PROCURADORIA JURÍDICA NA ESTRUTURA ADMINISTRATIVA DA PREFEITURA MUNICIPAL DE DONA INÊS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2105</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2105/projeto_de_lei_n_024_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2105/projeto_de_lei_n_024_de_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO DO EXERCÍCIO DE 2019 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2106</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2106/projeto_de_lei_n_025_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2106/projeto_de_lei_n_025_de_2019.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CAMPANHA AGOSTO LILÁS E O PROGRAMA MARIA DA PENHA VAI À ESCOLA, NO ÂMBITO DO MUNICÍPIO DE DONA INÊS.</t>
   </si>
   <si>
     <t>2107</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2107/projeto_de_lei_n_026_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2107/projeto_de_lei_n_026_de_2019.pdf</t>
   </si>
   <si>
     <t>ESTABELECE CRITÉRIO ANTICORRUPÇÃO NA CONTRATAÇÃO DE EMPRESAS EM LICITAÇÕES PARA PREVENIR FRAUDE E DESVIO DE VERBA PÚBLICA.</t>
   </si>
   <si>
     <t>2108</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2108/projeto_de_lei_n_027_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2108/projeto_de_lei_n_027_de_2019.pdf</t>
   </si>
   <si>
     <t>CRIA O SELO ANTICORRUPÇÃO PARA EMPRESAS QUE ADOTAREM PROGRAMAS PARA PREVENIR, DETECTAR E REMEDIAR FRAUDES.</t>
   </si>
   <si>
     <t>2109</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2109/projeto_de_lei_n_028_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2109/projeto_de_lei_n_028_de_2019.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA 16 DO MÊS DE NOVEMBRO COMO "O DIA MUNICIPAL DE COMBATE À CORRUPÇÃO" NO MUNICÍPIO DE DONA INÊS.</t>
   </si>
   <si>
     <t>2110</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2110/projeto_de_lei_n_029_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2110/projeto_de_lei_n_029_de_2019.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO CALENDÁRIO DE EVENTOS DO MUNICÍPIO DE DONA INÊS A SEMANA MUNICIPAL DA AGRICULTURA FAMILIAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2132</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2132/projeto_de_lei_n_030_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2132/projeto_de_lei_n_030_de_2019.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ANEXOS DA LDO E PPA PARA O EXERCÍCIO DE 2020 E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2141</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2141/projeto_de_lei_n_031_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2141/projeto_de_lei_n_031_de_2019.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DA PREFEITURA MUNICIPAL DE DONA INÊS PARA O EXERCÍCIO ECONÔMICO – FINANCEIRO DE 2020, E OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2134</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2134/projeto_de_lei_n_032_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2134/projeto_de_lei_n_032_de_2019.pdf</t>
   </si>
   <si>
     <t>INSTITUI A "SEMANA MUNICIPAL DE COMBATE AO ABUSO E A EXPLORAÇÃO SEXUAL DE CRIANÇAS E ADOLESCENTES”, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2155</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2155/projeto_de_lei_n_033_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2155/projeto_de_lei_n_033_de_2019.pdf</t>
   </si>
   <si>
     <t>QUE DISPÕE SOBRE A AFIXAÇÃO DE CARTAZES EM ESTABELECIMENTOS COMERCIAIS E ÓRGÃOS PÚBLICOS NO MUNICÍPIO DE DONA INÊS, INFORMANDO QUE A LEI 9.605/98 PROÍBE E PUNE ATOS DE MAUS TRATOS E ABANDONO DE ANIMAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2162</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2162/projeto_de_lei_n_034_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2162/projeto_de_lei_n_034_de_2019.pdf</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>AUTORIZA A TRANSMISSÃO VIA INTERNET, RÁDIO, TELEVISÃO OU GRAVAÇÃO EM TEMPO REAL DAS SESSÕES DA CÂMARA MUNICIPAL DE DONA INÊS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2033</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2033/projeto_de_resolucao_no_002_de_25_de_fevereiro_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2033/projeto_de_resolucao_no_002_de_25_de_fevereiro_de_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A MESA DA CÂMARA MUNICIPAL DE DONA INÊS/PB, A FAZER A DOAÇÃO DE BEM MÓVEL PERTENCENTE AO LEGISLATIVO MUNICIPAL, E DETERMINA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2161</t>
   </si>
   <si>
     <t>CE - COMISSÃO ESPECIAL</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2161/projeto_de_resolucao_no_003_de_04_de_novembro_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2161/projeto_de_resolucao_no_003_de_04_de_novembro_de_2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE DONA INÊS-PB, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>JOÃO BARBOSA</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/1995/requeriemnto_no_001_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/1995/requeriemnto_no_001_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA A PRESENÇA DE DE POLICIAIS E UMA EQUIPE DE PRONTO ATENDIMENTO NOS EVENTOS ESPORTIVOS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/1996/requeriemnto_no_002_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/1996/requeriemnto_no_002_de_2019.pdf</t>
   </si>
   <si>
     <t>LIMPEZA DA LAGOA DO ESTADO, LOCALIZADA NO SITIO SERRA DO SÍTIO , DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/1997/requeriemnto_no_003_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/1997/requeriemnto_no_003_de_2019.pdf</t>
   </si>
   <si>
     <t>CONSERTO DO CATA VENTO, LOCALIZADO NO ASSENTAMENTO TANQUES, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
     <t>IVONALDO</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/1998/requeriemnto_no_004_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/1998/requeriemnto_no_004_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA A PAVIMENTAÇÃO DA RUA SÃO SEBASTIÃO PAULINO DA COSTA, NO BAIRRO NOVA CIDADE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/1999/requeriemnto_no_005_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/1999/requeriemnto_no_005_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE UM GINÁSIO NO SÍTIO QUEIMADAS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2000/requeriemnto_no_006_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2000/requeriemnto_no_006_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DO SANGRADOR DA BARRAGEM DO MULUNGÚ, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2001/requeriemnto_no_007_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2001/requeriemnto_no_007_de_2019.pdf</t>
   </si>
   <si>
     <t>MELHORAMENTOS COM COBERTURA DE PIÇARRA NO TRECHO, CAPELA ATÉ A RESIDÊNCIA DE DONA NICINHA, E RETIRADAS DE UMAS PEDRAS AO LADO DA CAPELA, NO POVOADO DE SERRA DO SÍTIO, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2002/requeriemnto_no_008_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2002/requeriemnto_no_008_de_2019.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM BUEIRO, COM UM CANAL DESVIANDO AS ÁGUAS DAS CHUVAS, PARA NÃO INVADIR A RESIDÊNCIA DA SENHORA MARIA DA LUZ FERNANDES DOS SANTOS, NA ESTRADA VICINAL DE SERRA DO SÍTIO, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2003/requeriemnto_no_009_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2003/requeriemnto_no_009_de_2019.pdf</t>
   </si>
   <si>
     <t>DISPONIBILIZAÇÃO DE TRANSPORTE ESCOLAR.</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2004/requeriemnto_no_010_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2004/requeriemnto_no_010_de_2019.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE BEBEDOUROS QUE UTILIZAM O SISTEMA DE ÁGUA MINERAL ENVASADA EM GARRAFÕES DE PLÁSTICO DE 20 LITROS NAS ESCOLAS DE REDE MUNICIPAL DE ENSINO, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2005/requeriemnto_no_011_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2005/requeriemnto_no_011_de_2019.pdf</t>
   </si>
   <si>
     <t>DISPONIBILIZAÇÃO DE TRANSPORTE ESCOLAR NO TURNO DA NOITE PARA ALUNOS DA ZONA RURAL, DA REDE MUNICIPAL E ESTADUAL, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2006/requeriemnto_no_012_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2006/requeriemnto_no_012_de_2019.pdf</t>
   </si>
   <si>
     <t>DISTRIBUIÇÃO DE SEMENTES DE MILHO E FEIJÃO MACAÇÁ OU MULATINHO E DE FERRAMENTA COMO ENXADA, PARA OS PEQUENOS AGRICULTORES E AGRICULTORAS, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2010/requeriemnto_no_013_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2010/requeriemnto_no_013_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA A REFORMA DE BANHEIROS MASCULINO E FEMININO DO PRÉDIO DA ESCOLA M. E. F. S. HUMBERTO LUCENA.</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2011/requerimento_no_014_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2011/requerimento_no_014_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA A DISPONIBILIZAÇÃO DO PRÉDIO DA ESCOLA DO SÍTIO OITICICA PARA O ATENDIMENTO MÉDICO NA LOCALIDADE.</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2012/requerimento_no_015_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2012/requerimento_no_015_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA A IMPLANTAÇÃO DE PROJETO DE PINTURA NAS ESCOLAS DE ENSINO INFANTIL E FUNDAMENTAL DO MUNICÍPIO DE DONA INÊS.</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2013/requerimento_no_016_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2013/requerimento_no_016_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE UMA SEGUNDA TORRE DE SINAL TELEFÔNICO DE OUTRA OPERADORA NO MUNICÍPIO DE DONA INÊS.</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2014/requerimento_no_017_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2014/requerimento_no_017_de_2019.pdf</t>
   </si>
   <si>
     <t>REALOCAÇAO DE UM POSTE, DE FRENTE A RESIDÊNCIA DA CONSUMIDORA FABIANA FERREIRA DOS SANTOS, NA RUA JOSE ROBERTO IDALINO, Nº 325, BAIRRO NOVA CONQUISTA, DESTE A CIDADE DE DONA INÊS/PB.</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>Bancada da Situação</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2015/requerimento_no_018_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2015/requerimento_no_018_de_2019.pdf</t>
   </si>
   <si>
     <t>RECONSTRUÇÃO DA PAVIMENTAÇÃO E ALARGAMENTO DO CANAL DE ESCOAMENTO DE ÁGUA DA CHUVA NA RUA JOSÉ PAULINO, NO CENTRO DE DONA INÊS/PB.</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2016/requerimento_no_019_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2016/requerimento_no_019_de_2019.pdf</t>
   </si>
   <si>
     <t>RECONSTRUÇÃO DA PAVIMENTAÇÃO DA RUA JOSÉ CAROLINO, NO CENTRO DE DONA INÊS/PB.</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2017/requerimento_no_020_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2017/requerimento_no_020_de_2019.pdf</t>
   </si>
   <si>
     <t>ALARGAMENTO DE PARTE DA RUA PRESIDENTE JOÃO PESSOA, NO CENTRO DE DONA INÊS/PB.</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2018/requerimento_no_021_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2018/requerimento_no_021_de_2019.pdf</t>
   </si>
   <si>
     <t>CONCLUSÃO DA PAVIMENTAÇÃO DA RUA EX - COMBATENTE SEVERINO ALEXANDRE, NO BAIRRO NOVA CIDADE, DONA INÊS/PB.</t>
   </si>
   <si>
     <t>2038</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2038/requerimento_no_022_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2038/requerimento_no_022_de_2019.pdf</t>
   </si>
   <si>
     <t>RECONSTRUÇÃO DA LAVANDERIA PÚBLICA, LOCALIZADA AO LADO DO CAJUEIRO.</t>
   </si>
   <si>
     <t>2039</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2039/requerimento_no_023_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2039/requerimento_no_023_de_2019.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA HERMÍNIO JUSTINO DE ARAÚJO,QUE DÁ ACESSO AO CEMITÉRIO CENTRAL.</t>
   </si>
   <si>
     <t>2040</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2040/requerimento_no_024_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2040/requerimento_no_024_de_2019.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM NOVO GINÁSIO POLIESPORTIVO, AO LADO DA PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>2041</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2041/requerimento_no_025_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2041/requerimento_no_025_de_2019.pdf</t>
   </si>
   <si>
     <t>AMPLIAÇÃO DA ESCOLA MUNICIPAL DE SERRA DO SÍTIO, CONSTRUINDO MAIS UMA SALA DE AULA.</t>
   </si>
   <si>
     <t>2042</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2042/requerimento_no_026_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2042/requerimento_no_026_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE FAZER A MANUTENÇÃO NOS PRÉDIOS PÚBLICOS QUE ESTÃO SENDO DESATIVADOS.</t>
   </si>
   <si>
     <t>2043</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2043/requerimento_no_027_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2043/requerimento_no_027_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DA CONSTRUÇÃO DE DOIS MATA-BURROS, NO SÍTIO CACO, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>2044</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2044/requerimento_no_028_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2044/requerimento_no_028_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DA CONSTRUÇÃO DE UMA PASSAGEM MOLHADA NO SÍTIO BOA VISTA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>2045</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2045/requerimento_no_029_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2045/requerimento_no_029_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO AO DER DA CONSTRUÇÃO DE UM QUEBRA MOLAS, NAS PROXIMIDADES DO CAMPO DE FUTEBOL, SÍTIO QUEIMADAS, PRÓXIMA A RESIDÊNCIA DO VEREADOR JOÃO BARBOSA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>2046</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2046/requerimento_no_030_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2046/requerimento_no_030_de_2019.pdf</t>
   </si>
   <si>
     <t>RECUPERAÇÃO DAS RUAS AGENOR DE AZEVEDO MAIA, ASSIS CLAUDINO, GABRIEL BENTO ANA DE SOUSA MACIEL E FRANCISCO ADOLFO DE SOUSA.</t>
   </si>
   <si>
     <t>2047</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2047/requerimento_no_031_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2047/requerimento_no_031_de_2019.pdf</t>
   </si>
   <si>
     <t>RECUPERAÇÃO DAS ESTRADAS VICINAIS DOS SÍTIOS CRUZ DA MENINA, ASSENTAMENTO TANQUES, SERÓ, BREJINHO, CANAFISTOLA E PEDRA LIZA.</t>
   </si>
   <si>
     <t>2048</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2048/requerimento_no_032_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2048/requerimento_no_032_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE UMA PRAÇA COM APARELHOS APROPRIADOS PARA A PRÁTICA DE EXERCÍCIOS FÍSICOS NO MODELO DE ACADEMIA DA SAÚDE NA RUA ANÉSIO FERREIRA DE LIMA EM FRENTE AO ESTÁDIO MUNICIPAL O "LUIZÃO".</t>
   </si>
   <si>
     <t>2049</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2049/requerimento_no_033_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2049/requerimento_no_033_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA A REALIZAÇÃO DE UMA SESSÃO ESPECIAL PARA DISCUTIR O TEMA DA CAMPANHA DA FRATERNIDADE 2019.</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2050/requerimento_no_034_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2050/requerimento_no_034_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE UMA PASSAGEM MOLHADA NA ESTRADA QUE LIGA AO SÍTIO OITICICA AO SÍTIO ESTREITO NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>2051</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2051/requerimento_no_035_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2051/requerimento_no_035_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE UM MURO NO ENTORNO DA LAGOA DE PEDRA, NO SÍTIO COZINHA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>2052</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2052/requerimento_no_036_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2052/requerimento_no_036_de_2019.pdf</t>
   </si>
   <si>
     <t>REPOSIÇÃO DE CALÇAMENTO EM PARALELEPÍPEDOS E CONSERTO NA TAMPA DE BUEIROS NAS RUAS ANTÔNIO TOSCANO DE ARAÚJO, JOSÉ TOMAZ DE AQUINO E MANOEL ALVES DE LIMA, NESTA CIDADE.</t>
   </si>
   <si>
     <t>2053</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2053/requerimento_no_037_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2053/requerimento_no_037_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE UM QUEBRA MOLAS NA RUA JOSUÉ LUCAS, BAIRRO NOVA CONQUISTA, NESTA CIDADE.</t>
   </si>
   <si>
     <t>2054</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2054/requerimento_no_038_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2054/requerimento_no_038_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA REPOSIÇÃO DE TAMPA E LIMPEZA DE BUEIRO NA RUA PREFEITO JOAQUIM CABRAL DE MELO, E MANUTENÇÃO DO CALÇAMENTO DA RUA ANTONIO DANIEL DA SILVA, NESTA CIDADE.</t>
   </si>
   <si>
     <t>2055</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2055/requerimento_no_039_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2055/requerimento_no_039_de_2019.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE BANCAS DA FEIRA LIVRE NO PÁTIO DO LADO ESQUERDO DO MERCADO PÚBLICO, DESTA CIDADE.</t>
   </si>
   <si>
     <t>2056</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2056/requerimento_no_040_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2056/requerimento_no_040_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE REAJUSTE SALARIAL, PREVISTO ART. 37, X, NA CONSTITUIÇÃO FEDERAL, COM O INPC DE 3.43%, SOBRE O PISO MUNICIPAL, CONFORME O PLANO DE CARGOS, CARREIRA E REMUNERAÇÃO DOS SERVIDORES PÚBLICOS MUNICIPAIS DE DONA INÊS.</t>
   </si>
   <si>
     <t>2057</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2057/requerimento_no_041_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2057/requerimento_no_041_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO REAJUSTE SALARIAL, DO PISO DOS PROFISSIONAIS DO MAGISTÉRIO PÚBLICO MUNICIPAL, PARA O ANO EM CURSO, ASSIM COM REIVINDICAM TODA CATEGORIA E EM CONFORME O PLANO DE CARGOS, CARREIRA E REMUNERAÇÃO DOS SERVIDORES PÚBLICOS MUNICIPAIS DE DONA INÊS.</t>
   </si>
   <si>
     <t>2058</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2058/requerimento_no_042_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2058/requerimento_no_042_de_2019.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA QUADRA COBERTA NA ESCOLA M. E. F. PROFª ANA LÚCIA DA SILVA FERNANDES, NO SÍTIO SERRA DO SÍTIO DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>2059</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2059/requerimento_no_043_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2059/requerimento_no_043_de_2019.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE MAIS UMA SALA DE AULA NA ESCOLA M. E. F. PEDRO DAVINO DE ARAÚJO, NO SÍTIO LAGOA DO BRAZ, ZONA RURAL DESTE  MUNICÍPIO.</t>
   </si>
   <si>
     <t>2060</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2060/requerimento_no_044_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2060/requerimento_no_044_de_2019.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA CASA DE VELÓRIO NO CEMITÉRIO SANTO ANTÔNIO, NESTA CIDADE.</t>
   </si>
   <si>
     <t>2061</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2061/requerimento_no_045_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2061/requerimento_no_045_de_2019.pdf</t>
   </si>
   <si>
     <t>PROGRAMA DE TRANSFERÊNCIA DE RENDA DE CONDICIONALIDADES PARA AS FAMÍLIAS CARENTES DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2065</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2065/requerimento_no_046_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2065/requerimento_no_046_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA INSTALAÇÃO DE SISTEMA DE SEGURANÇA ELETRÔNICA ATRAVÉS DE CÂMARAS 360° NOS PRÉDIOS PÚBLICOS E PRINCIPAIS RUAS DA NOSSA CIDADE.</t>
   </si>
   <si>
     <t>2066</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2066/requerimento_no_047_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2066/requerimento_no_047_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONCLUSÃO DA PAVIMENTAÇÃO DA RUA JOSÉ ROBERTO IDALINO, NESTA CIDADE.</t>
   </si>
   <si>
     <t>2062</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2062/requerimento_no_048_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2062/requerimento_no_048_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO AO SECRETÁRIO DE SEGURANÇA PÚBLICA DO ESTADO DA PARAÍBA PARA QUE DESIGNE MAIS UM MEMBRO DA POLÍCIA MILITAR PARA REFORÇAR A SEGURANÇA NA CIDADE DE DONA INÊS.</t>
   </si>
   <si>
     <t>2063</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2063/requerimento_no_049_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2063/requerimento_no_049_de_2019.pdf</t>
   </si>
   <si>
     <t>FORNECIMENTO DE EQUIPAMENTOS DE PROTEÇÃO INDIVIDUAL - EPI PARA OS TRABALHADORES DA PEDREIRA.</t>
   </si>
   <si>
     <t>2064</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2064/requerimento_no_050_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2064/requerimento_no_050_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE TRÊS MATA-BURROS NA ESTRADA VICINAL QUE DÁ ACESSO AO TERREIRO DA FAZENDA, NO SÍTIO MULUNGU DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>2067</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2067/requerimento_no_051_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2067/requerimento_no_051_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA O MELHORAMENTO DA ILUMINAÇÃO PÚBLICA NO CEMITÉRIO SANTO ANTÔNIO NESTA CIDADE.</t>
   </si>
   <si>
     <t>2068</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2068/requerimento_no_052_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2068/requerimento_no_052_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO A IMPLANTAÇÃO DE AULÕES PREPARATÓRIOS PARA O ENEM.</t>
   </si>
   <si>
     <t>2069</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2069/requerimento_no_053_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2069/requerimento_no_053_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONTINUIDADE DO CALÇAMENTO DA RUA FRANCISCO LUIZ SOARES, ATÉ A ATUAL GARAGEM DA PREFEITURA MUNICIPAL NESTA CIDADE E A CONSTRUÇÃO DE DUAS LOMBADAS NA RUA PEDRO TEIXEIRA, NESTA CIDADE.</t>
   </si>
   <si>
     <t>2073</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2073/requerimento_no_054_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2073/requerimento_no_054_de_2019.pdf</t>
   </si>
   <si>
     <t>SOBRE UMA AUDIÊNCIA PÚBLICA PARA TRATAR DA SEGURANÇA PÚBLICA NO MUNICÍPIO DE DONA INÊS/PB.</t>
   </si>
   <si>
     <t>2074</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2074/requerimento_no_055_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2074/requerimento_no_055_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO RICARDO BARBOSA, PARA QUE O MESMO POSSA SOLICITAR AO SECRETÁRIO DE SEGURANÇA PÚBLICA DA PARAÍBA O SENHOR JEAN FRANCISCO BEZERRA NUNES, AÇÕES EFETIVAS VISANDO UMA MELHOR SEGURANÇA PÚBLICA NO MUNICÍPIO DE DONA INÊS/PB.</t>
   </si>
   <si>
     <t>2077</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2077/requerimento_no_056_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2077/requerimento_no_056_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DA RETIRADA DO ESGOTO A CÉU ABERTO NA RUA GABRIEL BENTO, E DAR CONTINUIDADE AO CALÇAMENTO DA RUA PREFEITO JOAQUIM CABRAL DE MELO, NESTA CIDADE.</t>
   </si>
   <si>
     <t>2076</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2076/requerimento_no_057_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2076/requerimento_no_057_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA A REPOSIÇÃO DE PEÇAS PARA O CONSERTO DO SINAL DA TORRE DE TELEVISÃO DA NOSSA CIDADE.</t>
   </si>
   <si>
     <t>2078</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2078/requerimento_no_058_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2078/requerimento_no_058_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA A COLETA DE LIXO SEMANAL NA RUA JOSUÉ LUCAS DE ARAÚJO, NESTA CIDADE.</t>
   </si>
   <si>
     <t>2089</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2089/requerimento_no_059_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2089/requerimento_no_059_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA O CALÇAMENTO DA RUA VEREADOR MANOEL HENRIQUE GOMES , E DAR CONTINUIDADE À RUA JOÃO FREIRE DE ASSIS, NA VILELA DE SÃO FRANCISCO, CONHECIDO COMO POVOADO DE COZINHA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>2085</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2085/requerimento_no_060_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2085/requerimento_no_060_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA A REGULARIZAÇÃO DA ÁREA DO AÇUDE DO SÍTIO MULUNGÚ, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>2086</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2086/requerimento_no_061_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2086/requerimento_no_061_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA DAS PARADAS DE ÔNIBUS EXISTENTES NAS ESTRADAS QUE INTERLIGA DONA INÊS AO BILINGUIM.</t>
   </si>
   <si>
     <t>2090</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2090/requerimento_no_062_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2090/requerimento_no_062_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA APOIO DA PREFEITURA MUNICIPAL DE DONA INÊS, ATRAVÉS DE DOAÇÃO DE MATERIAIS ESPORTIVOS PARA O DESENVOLVIMENTO DO PROJETO SOCIAL "FÊNIX FUTSAL".</t>
   </si>
   <si>
     <t>2091</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2091/requerimento_no_063_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2091/requerimento_no_063_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE UM GINÁSIO DE ESPORTES NO SÍTIO LAGOA DO BRAZ, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>2092</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2092/requerimento_no_064_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2092/requerimento_no_064_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE DOIS BANHEIROS: MASCULINO E FEMININO NA PRAÇA DO TRABALHADOR, NESTA CIDADE.</t>
   </si>
   <si>
     <t>2093</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2093/requerimento_no_065_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2093/requerimento_no_065_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO E/OU IMPLANTAÇÃO DE UM PORTAL RECEPTIVO NA ENTRADA DA NOSSA CIDADE.</t>
   </si>
   <si>
     <t>2094</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2094/requerimento_no_066_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2094/requerimento_no_066_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO NO SENTIDO DE VIABILIZAR A COMPRA DE 1 (UM) CARRO E 2 (DUAS) MOTOS PARA A GUARDA MUNICIPAL DA CIDADE DE DONA INÊS.</t>
   </si>
   <si>
     <t>2096</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2096/requerimento_no_067_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2096/requerimento_no_067_de_2019.pdf</t>
   </si>
   <si>
     <t>RECUPERAÇÃO DA ESTRADA VICINAL DO SÍTIO SERÓ, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>2097</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2097/requerimento_no_068_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2097/requerimento_no_068_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA REFORMAS NO ESTÁDIO O  LUIZÃO, NESTA CIDADE.</t>
   </si>
   <si>
     <t>2098</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2098/requerimento_no_069_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2098/requerimento_no_069_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SECRETÁRIA MUNICIPAL DE SAÚDE DE DONA INÊS QUE SEJA REALIZADO CONVÊNIO COM A SECRETARIA DE SAÚDE DO ESTADO DA PARAÍBA PARA A REALIZAÇÃO DE EXAMES DE ALTA COMPLEXIDADE.</t>
   </si>
   <si>
     <t>2099</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2099/requerimento_no_070_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2099/requerimento_no_070_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE UM QUEBRA MOLAS NA RUA JOSÉ FABIANO DA COSTA TEIXEIRA, EM FRENTE A IGREJA CONGREGACIONAL, NESTA CIDADE.</t>
   </si>
   <si>
     <t>2100</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2100/requerimento_no_071_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2100/requerimento_no_071_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA A COMPRA DE BRINQUEDOS DE PARQUINHOS ADAPTADOS PARA AS CRIANÇAS COM NECESSIDADES ESPECIAIS.</t>
   </si>
   <si>
     <t>2101</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2101/requerimento_no_072_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2101/requerimento_no_072_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE UM GINÁSIO DE ESPORTES , UM POSTO ÂNCORA NO SÍTIO CAIÇARA, E A RECUPERAÇÃO COM PIÇARRA NAS ESTRADAS VICINAIS DA MESMA LOCALIDADE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>2102</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2102/requerimento_no_073_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2102/requerimento_no_073_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA A OPERADORA DE TELEFONIA VIVO O MELHORAMENTO DO SINAL NO POVOADO DE COZINHA E NO SÍTIO CAIÇARA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>2103</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2103/requerimento_no_074_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2103/requerimento_no_074_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DER DA PARAÍBA, O ROÇO DA ESTRADA QUE LIGA DONA INÊS AO MUNICÍPIO DE BANANEIRAS.</t>
   </si>
   <si>
     <t>2111</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2111/requerimento_no_075_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2111/requerimento_no_075_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA O CALÇAMENTO DO SÍTIO VÁRZEA GRANDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>2112</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2112/requerimento_no_076_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2112/requerimento_no_076_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DO MURO E UM VESTIÁRIO NO CAMPO DO SÍTIO LAGOA DO BRAZ, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>2113</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2113/requerimento_no_077_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2113/requerimento_no_077_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA A REPARAÇÃO EM TODAS AS ESTRADAS VICINAIS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2114</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2114/requerimento_no_078_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2114/requerimento_no_078_de_2019.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO E REDE DE ESGOTO DAS RUAS AGENOR DE AZEVEDO MAIS, ASSIS CLAUDINO, GABRIEL BENTO, JOAQUIM PINHEIRO BORGES E MANOEL ALVES DE LIMA.</t>
   </si>
   <si>
     <t>2115</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2115/requerimento_no_079_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2115/requerimento_no_079_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO AO SECRETÁRIO EXECUTIVO DA AGRICULTURA E PESCA DO ESTADO DA PARAÍBA, O SENHOR JERÔNIMO ARLINDO DA SILVA JUNIOR, A DOAÇÃO DE 30.000 (TRINTA MIL) ALEVINOS, PARA POVOAMENTO DOS AÇUDES/BARRAGENS DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2116</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2116/requerimento_no_080_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2116/requerimento_no_080_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DE UM GINÁSIO DE ESPORTES NA ESCOLA ESTADUAL DE ENSINO MÉDIO GOVERNADOR CLÓVIS BEZERRA CAVALCANTI.</t>
   </si>
   <si>
     <t>2119</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2119/requerimento_no_081_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2119/requerimento_no_081_de_2019.pdf</t>
   </si>
   <si>
     <t>CONVOCAÇÃO DO SR. DIRETOR DE OBRAS, MANOEL FERREIRA DE ARAÚJO, PARA DAR ESCLARECIMENTOS NESTA CASA, SOBRE OS PROJETOS DE INFRAESTRUTURA PARA O MUNICÍPIO.</t>
   </si>
   <si>
     <t>2120</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2120/requerimento_no_082_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2120/requerimento_no_082_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA A ESCAVAÇÃO DE 2 (DOIS) POÇOS ARTESIANOS NO SÍTIO QUEIMADAS ,E 1 (UM) NO SÍTIO LAGEDO PRETO O MUNICÍPIO.</t>
   </si>
   <si>
     <t>2121</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2121/requerimento_no_083_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2121/requerimento_no_083_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA O MELHORAMENTO DO CAMPO DE PELADA SITUADO EM FRENTE À ESCOLA M. E. F. SENADOR HUMBERTO LUCENA; A CONSTRUÇÃO DE UM VESTIÁRIO E RECUPERAÇÃO DO GRAMADO NO CAMPO DE FUTEBOL DO SÍTIO SERRA DO SÍTIO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>2122</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2122/requerimento_no_084_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2122/requerimento_no_084_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITO A CAGEPA EXTENSÃO DE REDE DE ÁGUA NO MUNICÍPIO DE DONA INÊS/PB.</t>
   </si>
   <si>
     <t>2123</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2123/requerimento_no_085_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2123/requerimento_no_085_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO RICARDO BARBOSA MELHORIAS NA PB 103.</t>
   </si>
   <si>
     <t>2124</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2124/requerimento_no_086_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2124/requerimento_no_086_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO A SENHORA PRESIDENTE ROSILENE FERREIRA DE LIMA, PARA QUE SEJA CONSTITUÍDA COMISSÃO ESPECIAL.</t>
   </si>
   <si>
     <t>2125</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>Bancada de Oposição</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2125/requerimento_no_088_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2125/requerimento_no_088_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE INFORMAÇÕES À AGÊNCIA DO BANCO DO BRASIL – PIRPIRITUBA/PB.</t>
   </si>
   <si>
     <t>2126</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2126/requerimento_no_089_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2126/requerimento_no_089_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DO PODER EXECUTIVO FIRMAR CONVÊNIO COM FUNDAÇÃO NAPOLEÃO LAUREANO, ENTIDADE DA SOCIEDADE CIVIL,MANTENEDORA DO HOSPITAL LAUREANO, A TÍTULO DE SUBVENÇÃO  SOCIAL, NA CIDADE DE JOÃO PESSOA PB.</t>
   </si>
   <si>
     <t>2127</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2127/requerimento_no_090_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2127/requerimento_no_090_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DE UM MATA BURRO NA ESTRADA VICINAL DO SÍTIO OLHO D’ ÁGUA, LOCALIZADO A MARGEM DA PB 099, NESTE MUNICÍPIO DE DONA INÊS PB.</t>
   </si>
   <si>
     <t>2128</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2128/requerimento_no_091_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2128/requerimento_no_091_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE PERFURAÇÃO DE POÇOS ARTESIANOS.</t>
   </si>
   <si>
     <t>2129</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2129/requerimento_no_092_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2129/requerimento_no_092_de_2019.pdf</t>
   </si>
   <si>
     <t>REFORMA DO PRÉDIO DA DELEGACIA DA CIDADE DE DONA INÊS – PB.</t>
   </si>
   <si>
     <t>2130</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2130/requerimento_no_093_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2130/requerimento_no_093_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA A REFORMA DO VESTIÁRIO, RECUPERAÇÃO DO CAMPO DE PELADA E A REPOSIÇÃO DE REFLETORES NO INTERIOR DO GINÁSIO POLIESPORTIVO, LOCALIZADO NO SÍTIO COZINHA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>2131</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2131/requerimento_no_094_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2131/requerimento_no_094_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO AO SECRETÁRIO EXECUTIVO DA AGRICULTURA E PESCA DO ESTADO DA PARAÍBA, O SENHOR JERÔNIMO ARLINDO DA SILVA JÚNIOR, DISPONIBILIZAÇÃO DE ENGENHEIRO (EQUIPE) PARA MINISTRAR PALESTRA SOBRE AQUAPONIA COMBINADA COM AQUICULTURA.</t>
   </si>
   <si>
     <t>2133</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2133/requerimento_no_095_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2133/requerimento_no_095_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA A PREFEITURA MUNICIPAL ATRAVÉS DA SECRETÁRIA DE SAÚDE A VACINAÇÃO ANTIRRÁBICA PARA CÃES E GATOS.</t>
   </si>
   <si>
     <t>2136</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2136/requerimento_no_096_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2136/requerimento_no_096_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA AUDIÊNCIA PÚBLICA PARA DISCUTIR A SITUAÇÃO DA PREVIDÊNCIA SOCIAL NO ÂMBITO FEDERAL, ESTADUAL E MUNICIPAL.</t>
   </si>
   <si>
     <t>2137</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2137/requerimento_no_097_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2137/requerimento_no_097_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO AO PREFEITO JOÃO IDALINO DA SILVA, NO SENTIDO DE ALUGAR UMA CASA DE APOIO NA CIDADE DE JOÃO PESSOA/PB.</t>
   </si>
   <si>
     <t>2138</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2138/requerimento_no_098_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2138/requerimento_no_098_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO JOÃO IDALINO DA SILVA, COLOCAÇÃO DE PIÇARRO NO TRECHO DE ESTRADA VICINAL, EM FRENTE A PASTORAL DA CRIANÇA,NO SÍTIO CAIÇARA, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>2142</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2142/requerimento_no_099_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2142/requerimento_no_099_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO AO SENHOR PREFEITO JOÃO IDALINO DA SILVA, NO SENTIDO DE RETIRAR UMA PEDRA NA ESTRADA QUE DÁ ACESSO AO SÍTIO LAGOA DO BRÁS,NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>2143</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2143/requerimento_no_100_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2143/requerimento_no_100_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO A ENERGISA NO SENTIDO DE FAZER UMA REVISÃO DA REDE ELÉTRICA,DO POVOADO DO SÍTIO COZINHA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>2144</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2144/requerimento_no_101_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2144/requerimento_no_101_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA O REMANEJAMENTO DE UM SETOR PARA O OUTRO POR NECESSIDADE DE SERVIÇO QUALIFICADO.</t>
   </si>
   <si>
     <t>2145</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>REQUER A REALIZAÇÃO DE SESSÃO ESPECIAL ALUSIVA AOS 60 ANOS DE EMANCIPAÇÃO POLÍTICA DO MUNICÍPIO DE DONA INÊS, A SER REALIZADA NO MÊS DE NOVEMBRO DE 2019.</t>
   </si>
   <si>
     <t>2146</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2146/requerimento_no_103_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2146/requerimento_no_103_de_2019.pdf</t>
   </si>
   <si>
     <t>REQUER A REALIZAÇÃO DE SESSÃO ESPECIAL A SER REALIZADA NO MÊS OUTUBRO DE 2019, NO PLENÁRIO DA CÂMARA MUNICIPAL, INTEGRANDO AS AÇÕES DA CAMPANHA OUTUBRO ROSA.</t>
   </si>
   <si>
     <t>2147</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2147/requerimento_no_104_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2147/requerimento_no_104_de_2019.pdf</t>
   </si>
   <si>
     <t>REQUER A REALIZAÇÃO DE SESSÃO ESPECIAL A SER REALIZADA NO MÊS NOVEMBRO DE 2019, NO PLENÁRIO DA CÂMARA MUNICIPAL, INTEGRANDO AS AÇÕES DA CAMPANHA NOVEMBRO AZUL, SOBRE O CÂNCER DE PRÓSTATA.</t>
   </si>
   <si>
     <t>2148</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2148/requerimento_no_105_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2148/requerimento_no_105_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA A PAVIMENTAÇÃO DA RUA LATERAL E DA FRENTE DA CAPELA DE NOSSA SENHORA APARECIDA, NA COMUNIDADE DE SERRA DO SÍTIO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>2151</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2151/requerimento_no_106_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2151/requerimento_no_106_de_2019.pdf</t>
   </si>
   <si>
     <t>INSTITUIR NO ÂMBITO DO MUNICÍPIO A PATRULHA ESCOLAR, EM PARCERIA COM SECRETARIA MUNICIPAL DE EDUCAÇÃO E A GUARDA MUNICIPAL.</t>
   </si>
   <si>
     <t>2152</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2152/requerimento_no_107_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2152/requerimento_no_107_de_2019.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE PONTO DE ACESSO HOTPOST (LOCAL PÚBLICO ONDE OPERE REDE SEM FIO PARA USO DA REDE WI-FI), (INTERNET SEM FIO) NAS PRAÇAS PÚBLICAS DESTE MUNICÍPIO: PRAÇA DO TRABALHADOR, PRAÇA JOSÉ MATIAS DE ARAÚJO, PRAÇA DA ESCOLA MUNICIPAL DO ENSINO FUNDAMENTAL SENADOR HUMBERTO LUCENA, PRAÇA NIVALDO CÂNDIDO DE ARAÚJO E ESPAÇO DA JUVENTUDE.</t>
   </si>
   <si>
     <t>2153</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2153/requerimento_no_109_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2153/requerimento_no_109_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA MOÇÃO DE APLAUSOS A GUARDA MUNICIPAL, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>2156</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2156/requerimento_no_110_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2156/requerimento_no_110_de_2019.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA RAMPA DE ACESSIBILIDADE AO PSF DO SÍTIO SERRA DO SÍTIO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>2157</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2157/requerimento_no_111_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2157/requerimento_no_111_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA A RECUPERAÇÃO DO TRECHO DE ESTRADA QUE LIGA ZÉ DE PEREIRA ATÉ GERALDO ALEXANDRE, NO SÍTIO SERÓ DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>2158</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2158/requerimento_no_112_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2158/requerimento_no_112_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA E DESOBSTRUÇÃO DE UMA BUEIRA, PRÓXIMO A RESIDÊNCIA DO SENHOR PEDRO IRINEU, NO SÍTIO BREJINHO DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>2163</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2163/requerimento_no_113_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2163/requerimento_no_113_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA A REATIVAÇÃO DO POÇO ARTESIANO EM FRENTE AO SENHOR PAULO SANFONEIRO; LIMPEZA E ESCAVAÇÃO DA CACIMBA D’ÁGUA, PRÓXIMA A PROPRIEDADE DE ANTÔNIO PINHEIRO (ANTÔNIO DE ARÃO), NO SÍTIO BREJINHO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>2159</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2159/requerimento_no_114_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2159/requerimento_no_114_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA DE UM ABRIGO MUNICIPAL PARA CÃES E GATOS EM SITUAÇÃO DE RUA, NO MUNICÍPIO DE DONA INÊS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2160</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2160/requerimento_no_115_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2160/requerimento_no_115_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE KIT DE PVC PARA A COLOCAÇÃO DE ÁGUA E RAÇÃO PARA ANIMAIS DE RUA, NOS BAIRROS DA CIDADE DE DONA INÊS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2164</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2164/requerimento_no_116_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2164/requerimento_no_116_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE UMA GARAGEM COM PORTÃO AO LADO DO POSTO DE SAÚDE DO SÍTIO TAPUIO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>2165</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2165/requerimento_no_117_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2165/requerimento_no_117_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE UMA CISTERNA, NA ESCOLA MUNICIPAL DO ENSINO FUNDAMENTAL DR. JOSÉ DE MELO, NESTA CIDADE.</t>
   </si>
   <si>
     <t>2168</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2168/requerimento_no_118_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2168/requerimento_no_118_de_2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA DA LAGOA DO SÍTIO QUEIMADAS, CONHECIDA COMO LAGOA DO SENHOR ZÉ DE COITO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>2104</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>Veto Integral</t>
   </si>
   <si>
     <t>VETO INTEGRAL AO  PROJETO DE LEI Nº 015/2019, DE AUTORIA DO VEREADOR DAMÁSIO BERTO DE OLIVEIRA - PSD, QUE DISPÕE SOBRE OBRIGATORIEDADE DE ENVIO DE INFORMAÇÕES À CÂMARA  DE VEREADORES SOBRE INDICAÇÕES E OS PEDIDOS DE PROVIDÊNCIAS REMETIDOS AO PODER EXECUTIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3114</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>Leis</t>
   </si>
   <si>
     <t>Lei Ordinária Municipal</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3114/lei__municipal_no_784_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3114/lei__municipal_no_784_de_2019.pdf</t>
   </si>
   <si>
     <t>FIXA O ÍNDICE DE REVISÃO GERAL ANUAL, EXERCÍCIO 2019, PRECEITUADA NO ART. 37, INCISO X, DA CF/88, COMBINADO COMO ART. 49, XVI, DA LOM, PARA AS REMUNERAÇÕES DOS SERVIDORES E AGENTES POLÍTICOS DO PODER LEGISLATIVO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3115</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3115/lei__municipal_no_785_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3115/lei__municipal_no_785_de_2019.pdf</t>
   </si>
   <si>
     <t>3116</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3116/lei__municipal_no_786_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3116/lei__municipal_no_786_de_2019.pdf</t>
   </si>
   <si>
     <t>3117</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3117/lei__municipal_no_787_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3117/lei__municipal_no_787_de_2019.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CAMPANHA DE ESTÍMULO AO CUIDADO MENTAL E BEM ESTAR, DENOMINADA "JANEIRO BRANCO", NO MUNICÍPIO DE DONA INÊS E DÁ OUTRAS PROVIDÊNCIAS.OVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3118</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3118/lei__municipal_no_788_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3118/lei__municipal_no_788_de_2019.pdf</t>
   </si>
   <si>
     <t>3119</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3119/lei__municipal_no_789_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3119/lei__municipal_no_789_de_2019.pdf</t>
   </si>
   <si>
     <t>3120</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3120/lei__municipal_no_790_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3120/lei__municipal_no_790_de_2019.pdf</t>
   </si>
   <si>
     <t>3121</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3121/lei__municipal_no_792_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3121/lei__municipal_no_792_de_2019.pdf</t>
   </si>
   <si>
     <t>3122</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3122/lei__municipal_no_793_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3122/lei__municipal_no_793_de_2019.pdf</t>
   </si>
   <si>
     <t>REAJUSTA O SALÁRIO MÍNIMO DOS SERVIDORES MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3123</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3123/lei__municipal_no_794_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3123/lei__municipal_no_794_de_2019.pdf</t>
   </si>
   <si>
     <t>REAJUSTA O PISO SALARIAL DOS PROFISSIONAIS DOS AGENTE COMUNITÁRIOS DE SAÚDE E DOS AGENTES DE COMBATES AS ENDEMIAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3124</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3124/lei__municipal_no_795_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3124/lei__municipal_no_795_de_2019.pdf</t>
   </si>
   <si>
     <t>3125</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3125/lei__municipal_no_796_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3125/lei__municipal_no_796_de_2019.pdf</t>
   </si>
   <si>
     <t>3126</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3126/lei_municipal_no_797_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3126/lei_municipal_no_797_de_2019.pdf</t>
   </si>
   <si>
     <t>3127</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3127/lei_municipal_no_798_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3127/lei_municipal_no_798_de_2019.pdf</t>
   </si>
   <si>
     <t>3128</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3128/lei_municipal_no_799_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3128/lei_municipal_no_799_de_2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE TRANSMISSÃO AO VIVO, VIA INTERNET, DE TODAS AS LICITAÇÕES REALIZADAS NO PODER EXECUTIVO E LEGISLATIVO MUNICÍPIO DE DONA INÊS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3129</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3129/lei_municipal_no_800_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3129/lei_municipal_no_800_de_2019.pdf</t>
   </si>
   <si>
     <t>ESTABELECE AS DIRETRIZES PARA A ELABORAÇÃO DO ORÇAMENTO GERAL DO MUNICÍPIO RELATIVO AO EXERCÍCIO DE 2020 E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3130</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3130/lei_municipal_no_808_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3130/lei_municipal_no_808_de_2019.pdf</t>
   </si>
   <si>
     <t>3131</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3131/lei_municipal_no_816_de_2019.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3131/lei_municipal_no_816_de_2019.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -2433,67 +2433,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2083/emenda_modificativa_n_01_ao_pl__n_019_de_2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2084/emenda_modificativa_n_02_ao_pl__n_019_de_2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2166/emenda_modificativa_n_03_ao_pl__n_031_de_2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2167/emenda_modificativa_n_04_ao_pl__n_031_de_2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2082/projeto_de_decreto_legislativo_n_001_de_25_de_m_ekea66L.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2135/projeto_de_decreto_legislativo_n002_de_04_de_novembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2154/projeto_de_decreto_legislativo_n003_de_04_de_no_tVhyBk7.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/1988/projeto_de_lei_n_001_de_2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/1989/projeto_de_lei_n_002_de_2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/1990/projeto_de_lei_n_003_de_2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/1991/projeto_de_lei_n_004_de_2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/1992/projeto_de_lei_n_005_de_2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/1993/projeto_de_lei_n_006_de_2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/1994/projeto_de_lei_n_007_de_2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2007/projeto_de_lei_n_008_de_2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2008/projeto_de_lei_n_009_de_2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2031/projeto_de_lei_n_010_de_2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2032/projeto_de_lei_n_011_de_2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2034/projeto_de_lei_n_012_de_2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2035/projeto_de_lei_n_013_de_2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2036/projeto_de_lei_n_014_de_2019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2037/projeto_de_lei_n_015_de_2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2071/projeto_de_lei_n_016_de_2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2070/projeto_de_lei_n_017_de_2019_WacLZKb.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2072/projeto_de_lei_n_018_de_2019.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2080/projeto_de_lei_n_019_de_2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2081/projeto_de_lei_n_020_de_2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2087/projeto_de_lei_n_021_de_2019.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2088/projeto_de_lei_n_022_de_2019.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2105/projeto_de_lei_n_024_de_2019.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2106/projeto_de_lei_n_025_de_2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2107/projeto_de_lei_n_026_de_2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2108/projeto_de_lei_n_027_de_2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2109/projeto_de_lei_n_028_de_2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2110/projeto_de_lei_n_029_de_2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2132/projeto_de_lei_n_030_de_2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2141/projeto_de_lei_n_031_de_2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2134/projeto_de_lei_n_032_de_2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2155/projeto_de_lei_n_033_de_2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2162/projeto_de_lei_n_034_de_2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2033/projeto_de_resolucao_no_002_de_25_de_fevereiro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2161/projeto_de_resolucao_no_003_de_04_de_novembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/1995/requeriemnto_no_001_de_2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/1996/requeriemnto_no_002_de_2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/1997/requeriemnto_no_003_de_2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/1998/requeriemnto_no_004_de_2019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/1999/requeriemnto_no_005_de_2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2000/requeriemnto_no_006_de_2019.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2001/requeriemnto_no_007_de_2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2002/requeriemnto_no_008_de_2019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2003/requeriemnto_no_009_de_2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2004/requeriemnto_no_010_de_2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2005/requeriemnto_no_011_de_2019.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2006/requeriemnto_no_012_de_2019.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2010/requeriemnto_no_013_de_2019.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2011/requerimento_no_014_de_2019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2012/requerimento_no_015_de_2019.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2013/requerimento_no_016_de_2019.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2014/requerimento_no_017_de_2019.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2015/requerimento_no_018_de_2019.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2016/requerimento_no_019_de_2019.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2017/requerimento_no_020_de_2019.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2018/requerimento_no_021_de_2019.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2038/requerimento_no_022_de_2019.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2039/requerimento_no_023_de_2019.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2040/requerimento_no_024_de_2019.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2041/requerimento_no_025_de_2019.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2042/requerimento_no_026_de_2019.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2043/requerimento_no_027_de_2019.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2044/requerimento_no_028_de_2019.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2045/requerimento_no_029_de_2019.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2046/requerimento_no_030_de_2019.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2047/requerimento_no_031_de_2019.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2048/requerimento_no_032_de_2019.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2049/requerimento_no_033_de_2019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2050/requerimento_no_034_de_2019.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2051/requerimento_no_035_de_2019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2052/requerimento_no_036_de_2019.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2053/requerimento_no_037_de_2019.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2054/requerimento_no_038_de_2019.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2055/requerimento_no_039_de_2019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2056/requerimento_no_040_de_2019.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2057/requerimento_no_041_de_2019.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2058/requerimento_no_042_de_2019.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2059/requerimento_no_043_de_2019.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2060/requerimento_no_044_de_2019.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2061/requerimento_no_045_de_2019.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2065/requerimento_no_046_de_2019.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2066/requerimento_no_047_de_2019.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2062/requerimento_no_048_de_2019.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2063/requerimento_no_049_de_2019.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2064/requerimento_no_050_de_2019.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2067/requerimento_no_051_de_2019.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2068/requerimento_no_052_de_2019.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2069/requerimento_no_053_de_2019.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2073/requerimento_no_054_de_2019.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2074/requerimento_no_055_de_2019.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2077/requerimento_no_056_de_2019.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2076/requerimento_no_057_de_2019.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2078/requerimento_no_058_de_2019.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2089/requerimento_no_059_de_2019.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2085/requerimento_no_060_de_2019.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2086/requerimento_no_061_de_2019.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2090/requerimento_no_062_de_2019.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2091/requerimento_no_063_de_2019.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2092/requerimento_no_064_de_2019.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2093/requerimento_no_065_de_2019.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2094/requerimento_no_066_de_2019.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2096/requerimento_no_067_de_2019.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2097/requerimento_no_068_de_2019.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2098/requerimento_no_069_de_2019.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2099/requerimento_no_070_de_2019.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2100/requerimento_no_071_de_2019.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2101/requerimento_no_072_de_2019.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2102/requerimento_no_073_de_2019.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2103/requerimento_no_074_de_2019.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2111/requerimento_no_075_de_2019.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2112/requerimento_no_076_de_2019.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2113/requerimento_no_077_de_2019.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2114/requerimento_no_078_de_2019.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2115/requerimento_no_079_de_2019.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2116/requerimento_no_080_de_2019.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2119/requerimento_no_081_de_2019.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2120/requerimento_no_082_de_2019.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2121/requerimento_no_083_de_2019.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2122/requerimento_no_084_de_2019.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2123/requerimento_no_085_de_2019.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2124/requerimento_no_086_de_2019.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2125/requerimento_no_088_de_2019.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2126/requerimento_no_089_de_2019.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2127/requerimento_no_090_de_2019.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2128/requerimento_no_091_de_2019.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2129/requerimento_no_092_de_2019.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2130/requerimento_no_093_de_2019.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2131/requerimento_no_094_de_2019.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2133/requerimento_no_095_de_2019.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2136/requerimento_no_096_de_2019.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2137/requerimento_no_097_de_2019.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2138/requerimento_no_098_de_2019.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2142/requerimento_no_099_de_2019.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2143/requerimento_no_100_de_2019.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2144/requerimento_no_101_de_2019.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2146/requerimento_no_103_de_2019.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2147/requerimento_no_104_de_2019.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2148/requerimento_no_105_de_2019.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2151/requerimento_no_106_de_2019.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2152/requerimento_no_107_de_2019.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2153/requerimento_no_109_de_2019.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2156/requerimento_no_110_de_2019.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2157/requerimento_no_111_de_2019.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2158/requerimento_no_112_de_2019.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2163/requerimento_no_113_de_2019.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2159/requerimento_no_114_de_2019.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2160/requerimento_no_115_de_2019.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2164/requerimento_no_116_de_2019.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2165/requerimento_no_117_de_2019.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2168/requerimento_no_118_de_2019.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3114/lei__municipal_no_784_de_2019.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3115/lei__municipal_no_785_de_2019.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3116/lei__municipal_no_786_de_2019.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3117/lei__municipal_no_787_de_2019.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3118/lei__municipal_no_788_de_2019.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3119/lei__municipal_no_789_de_2019.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3120/lei__municipal_no_790_de_2019.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3121/lei__municipal_no_792_de_2019.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3122/lei__municipal_no_793_de_2019.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3123/lei__municipal_no_794_de_2019.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3124/lei__municipal_no_795_de_2019.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3125/lei__municipal_no_796_de_2019.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3126/lei_municipal_no_797_de_2019.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3127/lei_municipal_no_798_de_2019.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3128/lei_municipal_no_799_de_2019.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3129/lei_municipal_no_800_de_2019.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3130/lei_municipal_no_808_de_2019.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3131/lei_municipal_no_816_de_2019.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2083/emenda_modificativa_n_01_ao_pl__n_019_de_2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2084/emenda_modificativa_n_02_ao_pl__n_019_de_2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2166/emenda_modificativa_n_03_ao_pl__n_031_de_2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2167/emenda_modificativa_n_04_ao_pl__n_031_de_2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2082/projeto_de_decreto_legislativo_n_001_de_25_de_m_ekea66L.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2135/projeto_de_decreto_legislativo_n002_de_04_de_novembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2154/projeto_de_decreto_legislativo_n003_de_04_de_no_tVhyBk7.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/1988/projeto_de_lei_n_001_de_2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/1989/projeto_de_lei_n_002_de_2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/1990/projeto_de_lei_n_003_de_2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/1991/projeto_de_lei_n_004_de_2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/1992/projeto_de_lei_n_005_de_2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/1993/projeto_de_lei_n_006_de_2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/1994/projeto_de_lei_n_007_de_2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2007/projeto_de_lei_n_008_de_2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2008/projeto_de_lei_n_009_de_2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2031/projeto_de_lei_n_010_de_2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2032/projeto_de_lei_n_011_de_2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2034/projeto_de_lei_n_012_de_2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2035/projeto_de_lei_n_013_de_2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2036/projeto_de_lei_n_014_de_2019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2037/projeto_de_lei_n_015_de_2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2071/projeto_de_lei_n_016_de_2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2070/projeto_de_lei_n_017_de_2019_WacLZKb.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2072/projeto_de_lei_n_018_de_2019.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2080/projeto_de_lei_n_019_de_2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2081/projeto_de_lei_n_020_de_2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2087/projeto_de_lei_n_021_de_2019.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2088/projeto_de_lei_n_022_de_2019.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2105/projeto_de_lei_n_024_de_2019.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2106/projeto_de_lei_n_025_de_2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2107/projeto_de_lei_n_026_de_2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2108/projeto_de_lei_n_027_de_2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2109/projeto_de_lei_n_028_de_2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2110/projeto_de_lei_n_029_de_2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2132/projeto_de_lei_n_030_de_2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2141/projeto_de_lei_n_031_de_2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2134/projeto_de_lei_n_032_de_2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2155/projeto_de_lei_n_033_de_2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2162/projeto_de_lei_n_034_de_2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2033/projeto_de_resolucao_no_002_de_25_de_fevereiro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2161/projeto_de_resolucao_no_003_de_04_de_novembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/1995/requeriemnto_no_001_de_2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/1996/requeriemnto_no_002_de_2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/1997/requeriemnto_no_003_de_2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/1998/requeriemnto_no_004_de_2019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/1999/requeriemnto_no_005_de_2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2000/requeriemnto_no_006_de_2019.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2001/requeriemnto_no_007_de_2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2002/requeriemnto_no_008_de_2019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2003/requeriemnto_no_009_de_2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2004/requeriemnto_no_010_de_2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2005/requeriemnto_no_011_de_2019.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2006/requeriemnto_no_012_de_2019.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2010/requeriemnto_no_013_de_2019.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2011/requerimento_no_014_de_2019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2012/requerimento_no_015_de_2019.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2013/requerimento_no_016_de_2019.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2014/requerimento_no_017_de_2019.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2015/requerimento_no_018_de_2019.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2016/requerimento_no_019_de_2019.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2017/requerimento_no_020_de_2019.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2018/requerimento_no_021_de_2019.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2038/requerimento_no_022_de_2019.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2039/requerimento_no_023_de_2019.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2040/requerimento_no_024_de_2019.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2041/requerimento_no_025_de_2019.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2042/requerimento_no_026_de_2019.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2043/requerimento_no_027_de_2019.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2044/requerimento_no_028_de_2019.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2045/requerimento_no_029_de_2019.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2046/requerimento_no_030_de_2019.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2047/requerimento_no_031_de_2019.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2048/requerimento_no_032_de_2019.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2049/requerimento_no_033_de_2019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2050/requerimento_no_034_de_2019.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2051/requerimento_no_035_de_2019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2052/requerimento_no_036_de_2019.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2053/requerimento_no_037_de_2019.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2054/requerimento_no_038_de_2019.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2055/requerimento_no_039_de_2019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2056/requerimento_no_040_de_2019.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2057/requerimento_no_041_de_2019.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2058/requerimento_no_042_de_2019.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2059/requerimento_no_043_de_2019.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2060/requerimento_no_044_de_2019.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2061/requerimento_no_045_de_2019.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2065/requerimento_no_046_de_2019.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2066/requerimento_no_047_de_2019.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2062/requerimento_no_048_de_2019.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2063/requerimento_no_049_de_2019.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2064/requerimento_no_050_de_2019.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2067/requerimento_no_051_de_2019.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2068/requerimento_no_052_de_2019.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2069/requerimento_no_053_de_2019.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2073/requerimento_no_054_de_2019.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2074/requerimento_no_055_de_2019.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2077/requerimento_no_056_de_2019.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2076/requerimento_no_057_de_2019.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2078/requerimento_no_058_de_2019.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2089/requerimento_no_059_de_2019.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2085/requerimento_no_060_de_2019.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2086/requerimento_no_061_de_2019.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2090/requerimento_no_062_de_2019.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2091/requerimento_no_063_de_2019.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2092/requerimento_no_064_de_2019.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2093/requerimento_no_065_de_2019.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2094/requerimento_no_066_de_2019.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2096/requerimento_no_067_de_2019.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2097/requerimento_no_068_de_2019.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2098/requerimento_no_069_de_2019.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2099/requerimento_no_070_de_2019.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2100/requerimento_no_071_de_2019.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2101/requerimento_no_072_de_2019.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2102/requerimento_no_073_de_2019.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2103/requerimento_no_074_de_2019.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2111/requerimento_no_075_de_2019.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2112/requerimento_no_076_de_2019.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2113/requerimento_no_077_de_2019.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2114/requerimento_no_078_de_2019.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2115/requerimento_no_079_de_2019.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2116/requerimento_no_080_de_2019.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2119/requerimento_no_081_de_2019.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2120/requerimento_no_082_de_2019.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2121/requerimento_no_083_de_2019.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2122/requerimento_no_084_de_2019.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2123/requerimento_no_085_de_2019.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2124/requerimento_no_086_de_2019.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2125/requerimento_no_088_de_2019.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2126/requerimento_no_089_de_2019.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2127/requerimento_no_090_de_2019.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2128/requerimento_no_091_de_2019.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2129/requerimento_no_092_de_2019.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2130/requerimento_no_093_de_2019.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2131/requerimento_no_094_de_2019.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2133/requerimento_no_095_de_2019.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2136/requerimento_no_096_de_2019.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2137/requerimento_no_097_de_2019.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2138/requerimento_no_098_de_2019.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2142/requerimento_no_099_de_2019.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2143/requerimento_no_100_de_2019.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2144/requerimento_no_101_de_2019.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2146/requerimento_no_103_de_2019.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2147/requerimento_no_104_de_2019.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2148/requerimento_no_105_de_2019.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2151/requerimento_no_106_de_2019.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2152/requerimento_no_107_de_2019.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2153/requerimento_no_109_de_2019.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2156/requerimento_no_110_de_2019.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2157/requerimento_no_111_de_2019.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2158/requerimento_no_112_de_2019.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2163/requerimento_no_113_de_2019.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2159/requerimento_no_114_de_2019.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2160/requerimento_no_115_de_2019.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2164/requerimento_no_116_de_2019.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2165/requerimento_no_117_de_2019.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/2168/requerimento_no_118_de_2019.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3114/lei__municipal_no_784_de_2019.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3115/lei__municipal_no_785_de_2019.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3116/lei__municipal_no_786_de_2019.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3117/lei__municipal_no_787_de_2019.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3118/lei__municipal_no_788_de_2019.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3119/lei__municipal_no_789_de_2019.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3120/lei__municipal_no_790_de_2019.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3121/lei__municipal_no_792_de_2019.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3122/lei__municipal_no_793_de_2019.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3123/lei__municipal_no_794_de_2019.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3124/lei__municipal_no_795_de_2019.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3125/lei__municipal_no_796_de_2019.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3126/lei_municipal_no_797_de_2019.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3127/lei_municipal_no_798_de_2019.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3128/lei_municipal_no_799_de_2019.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3129/lei_municipal_no_800_de_2019.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3130/lei_municipal_no_808_de_2019.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2019/3131/lei_municipal_no_816_de_2019.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H180"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="42.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="137.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="136.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>