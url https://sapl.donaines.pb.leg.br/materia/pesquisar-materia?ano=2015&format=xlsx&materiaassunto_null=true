--- v0 (2026-01-19)
+++ v1 (2026-03-08)
@@ -54,1428 +54,1428 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EMOD</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
     <t>MESA DA CÂMARA</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/833/833_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/833/833_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA A LEI ORGÂNICA MUNICIPAL Nº 01, DE 26 DE OUTUBRO DE 2015. QUE ALTERAM OS ARTIGOS 5º,7º,22,24,25,28,29,32,33,34,35,46,65,70,71,81 DA LEI ORGÂNICA DO MUNICÍPIO DE DONA INÊS, E DISPOSITIVOS DA EMENDA À LEI ORGÂNICA Nº 01, DE 04 DE MAIO DE 2002.</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/799/799_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/799/799_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO DONAINESENSE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/798/798_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/798/798_texto_integral.pdf</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/797/797_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/797/797_texto_integral.pdf</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/796/796_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/796/796_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO DONAINESENSE, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/721/721_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/721/721_texto_integral.pdf</t>
   </si>
   <si>
     <t>"FIXA O ÍNDICE DE REVISÃO GERAL ANUAL, EXERCÍCIO 2015, PRECEITUADA NO ART. 37,INCISO X, DA CF/88,COMBINADO COM O ART.49, XIV,DA LOM, E ART.3º DA LEI MUNICIPAL Nª 609, DE 28 DE SETEMBRO DE 2012 PARA AS REMUNERAÇÕES E SUBSÍDIOS DOS SERVIDORES E AGENTES POLÍTICOS DO PODER LEGISLATIVO, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/722/722_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/722/722_texto_integral.pdf</t>
   </si>
   <si>
     <t>"FIXA O VALOR DO SALÁRIO MÍNIMO DOS SERVIDORES DA CÂMARA MUNICIPAL DE DONA INÊS/PB, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>PREFEITO MUNICIPAL</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/723/723_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/723/723_texto_integral.pdf</t>
   </si>
   <si>
     <t>"REAJUSTA O VALOR DO PISO SALARIAL DOS PROFISSIONAIS INTEGRANTES DO MAGISTÉRIO PÚBLICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/724/724_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/724/724_texto_integral.pdf</t>
   </si>
   <si>
     <t>"FIXA ÍNDICE DE REVISÃO GERAL ANUAL PARA REAJUSTE DO SALÁRIO DOS SERVIDORES EFETIVOS, COMISSIONADOS E AGENTES POLÍTICOS MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/725/725_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/725/725_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ALTERA OS VALORES CONSTANTE DO ANEXO ÚNICO DA LEI MUNICIPAL Nº 430, DE 21 DE FEVEREIRO DE 2005E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/726/726_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/726/726_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ORGANIZAÇÃO DO QUADRO DE SERVIDORES EFETIVOS E COMISSIONADOS DO MUNICÍPIO DE DONA INÊS, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/727/727_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/727/727_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 625/2013 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>DEMETRIO</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/728/728_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/728/728_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI MEIA ENTRADA EM LOCAIS PÚBLICOS DE CULTURA, ESPORTE E LAZER PARA OS DOADORES DE SANGUE NO MUNICÍPIO DE DONA INÊS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>NECO DE LOLÔ</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/729/729_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/729/729_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA TABELIÃO MAVIAEL ALVES MOREIRA A ARTÉRIA PÚBLICA IDENTIFICADA COMO RUA PROJETADA (F) DO LOTEAMENTO MOREIRA, BAIRRO NOVA CONQUISTA,NESTA CIDADE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/731/731_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/731/731_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALIENAÇÃO DE VEÍCULOS PERTENCENTES A ESTA PREFEITURA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/732/732_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/732/732_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLÍTICA MUNICIPAL DE ATENDIMENTO AOS DIREITOS DA CRIANÇA E DO ADOLESCENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/733/733_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/733/733_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DA LEI MUNICIPAL Nº648/2013E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/744/744_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/744/744_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONVÊNIO PARA TRANSFERÊNCIA DE RECURSOS PARA A ASSOCIAÇÃO PARA O DESENVOLVIMENTO SUSTENTÁVEL E PROTEÇÃO AMBIENTAL DESTINADO AO FUNCIONAMENTO DA UNIDADE BENEFICIAMENTO DE CASTANHA DE CAJU, NESTE MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>ROSINHA BOLACHINHA</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/743/743_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/743/743_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA JOSUÉ LUCAS DE ARAÚJO NETO A RUA PROJETADA C NO LOTEAMENTO BRISA DA SERRA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/745/745_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/745/745_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE PRAÇA DEODATO TEIXEIRA MUNIZ (SEU DIDI) A PRAÇA IDENTIFICADA COMO PRAÇA DA DELEGACIA, LOCALIZADA NO INÍCIO DA RUA PRESIDENTE JOÃO PESSOA NESTA CIDADE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/753/753_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/753/753_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA DO BEBÊ NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/</t>
+    <t>http://sapl.donaines.pb.leg.br/media/</t>
   </si>
   <si>
     <t xml:space="preserve">ESTABELECE AS DIRETRIZES PARA ELABORAÇÃO DO ORÇAMENTO GERAL DO MUNICÍPIO DE DONA INÊS/PB, RELATIVO AO EXERCÍCIO DE 2016, E ADOTA OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/774/774_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/774/774_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE JOSÉ ESPERIDIÃO DA SILVA, A ARTÉRIA PÚBLICA IDENTIFICADA COMO RUA PROJETADA E LOCALIZADA NO LOTEAMENTO MOREIRA, BAIRRO NOVA CONQUISTA NESTA CIDADE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/780/780_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/780/780_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CELEBRAR CONVÊNIO COM A ASSOCIAÇÃO MISSÃO RESTAURANDO VIDAS E A PREFEITURA MUNICIPAL DE DONA INÊS, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/781/781_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/781/781_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CARGA HORÁRIA PARA PSICOLOGO(A)DO MUNICÍPIO DE DONA INÊS/PB, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/783/783_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/783/783_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA O PLANO MUNICIPAL DE EDUCAÇÃO - PME 2015-2025 E ADOTA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/784/784_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/784/784_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA JOÃO MALAQUIAS DE ARAÚJO A ARTÉRIA PÚBLICA IDENTIFICADA COMO RUA PROJETADA A NO LOTEAMENTO BRISAS DA SERRA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/785/785_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/785/785_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA DE RUA MARIA RITA DA CONCEIÇÃO A ARTÉRIA PÚBLICA IDENTIFICADA COMO RUA PROJETADA B NO LOTEAMENTO BRISAS DA SERRA, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/786/786_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/786/786_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA DA CÂMARA MUNICIPAL DE DONA INÊS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/804/804_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/804/804_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA FRANCISCO ENEDINO DA SILVA A ARTÉRIA PÚBLICA IDENTIFICADA COMO RUA PROJETADA (N) DO LOTEAMENTO MOREIRA, BAIRRO NOVA CONQUISTA NESTA CIDADE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/805/805_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/805/805_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA FRANCISCO ADOLFO DE SOUZA A ARTÉRIA PÚBLICA IDENTIFICADA COMO RUA PROJETADA (3)DO LOTEAMENTO TAPUIO, BAIRRO TERRA PROMETIDA NESTA CIDADE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/817/817_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/817/817_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO DE METAS DA LDO E DO PPA PARA O EXERCÍCIO DE 2016, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/818/818_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/818/818_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DA PREFEITURA MUNICIPAL DE DONA INÊS, PARA O EXERCÍCIO ECONÔMICO E FINANCEIRO DE 2016, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/826/826_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/826/826_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA JOSÉ RODRIGUES DE LIMA (ZÉ SEVERINO) A ARTÉRIA PÚBLICA IDENTIFICADA COMO RUA PROJETADA (6) DO LOTEAMENTO NOVA CONQUISTA, NESTA CIDADE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/831/831_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/831/831_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA AS LEIS MUNICIPAIS 486/2007 E 635/2013 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/834/834_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/834/834_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI MEIA ENTRADA EM LOCAIS PÚBLICOS DE CULTURA, ESPORTE E LAZER PARA OS PROFESSORES DA REDE MUNICIPAL DE ENSINO DE DONA INÊS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/734/734_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/734/734_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O SERVIÇO DE ORIENTAÇÃO E DEFESA DO CONSUMIDOR- PROCON LEGISLATIVO- NO ÂMBITO DA CÂMARA MUNICIPAL DE DONA INÊS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>DAMÁSIO BERTO</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/755/755_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/755/755_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE REPAROS DAS ESTRADAS VICINAIS DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/756/756_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/756/756_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE LIMPEZA E CONSTRUÇÃO DE UMA CERCA NA LAGOA DO SÍTIO QUEIMADAS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/757/757_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/757/757_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE PALCO PARA APRESENTAÇÃO NO GINÁSIO "O CAETANO" NO SÍTIO PIMENTA II, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/758/758_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/758/758_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA ALPB,CURSOS DE CAPACITAÇÃO DE GERENCIAMENTO DOS ARQUIVOS FÍSICOS DA CÂMARA MUNICIPAL DE DONA INÊS.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>JOSÉ EDMILSON</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/759/759_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/759/759_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DE POSTO DE SAÚDE.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>DEMA</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/760/760_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/760/760_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DE UMA ESCOLA DO ENSINO INFANTIL NO POVOADO DE COZINHA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/761/761_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/761/761_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REALIZAÇÃO SESSÃO SOLENE PARA DISCUTIR A CAMPANHA DA FRATERNIDADE 2015.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/762/762_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/762/762_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REALIZAÇÃO DE AUDIÊNCIA PÚBLICA PARA DISCUTIR O RESGATE DO FUTEBOL AMADOR NO MUNICÍPIO DE DONA INÊS.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/763/763_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/763/763_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DE POSTO DE SAÚDE ÂNCORA  NO SÍTIO CAIÇARA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/764/764_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/764/764_texto_integral.pdf</t>
   </si>
   <si>
     <t>REMOÇÃO DE REDE ELÉTRICA DE ALTA TENSÃO.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/765/765_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/765/765_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFORMA E FUNCIONAMENTO DA LAVANDERIA PÚBLICA.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/766/766_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/766/766_texto_integral.pdf</t>
   </si>
   <si>
     <t>LICITAÇÃO DE CONSTRUÇÃO DE UM GINÁSIO DE ESPORTE NO SÍTIO CAIÇARA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/767/767_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/767/767_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO ASFÁLTICO E CONSTRUÇÃO DE ACOSTAMENTO NA PB 103, TRECHO DONA INÊS/BILINGUIM.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>IVONALDO</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/768/768_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/768/768_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE LIMPEZA DA LAGOA DO SÍTIO QUEIMADAS, CONHECIDA COMO LAGOA DE ZÉ DE COITO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/769/769_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/769/769_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE ADICIONAL NOTURNO E DE GRATIFICAÇÃO DE PERICULOSIDADE.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/770/770_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/770/770_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REALIZAÇÃO DE UMA SESSÃO SOLENE</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>LUIZ ALVES</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/771/771_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/771/771_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAÇÃO DE UM POSTO ÂNCORA DE SAÚDE </t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/795/795_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/795/795_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO AO PRESIDENTE E EX-PRESIDENTES DA ASSOCIAÇÃO DOS TRABALHADORES DE FAZENDA SÍTIO.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/772/772_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/772/772_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO AO SECRETÁRIO DE EDUCAÇÃO DO ESTADO DA PARAÍBA O SENHOR ALÉSSIO TRINDADE DE BARRO, NO SENTIDO DE CONSTRUIR UM GINÁSIO DE ESPORTES NA ESCOLA ESTADUAL DO ENSINO MÉDIO GOVERNADOR CLÓVIS BEZERRA CAVALCANTI, NESTA CIDADE.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/773/773_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/773/773_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO AO SENHOR PREFEITO ANTONIO JUSTINO DE ARAÚJO NETO PARA RESTAURAR OS BANHEIROS DA LAVANDERIA PÚBLICA, PARA SERVIR AS LAVADEIRAS DE ROUPAS, DA CACIMBA DO CAJUEIRO.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/776/776_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/776/776_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAÇÃO DE MELHORAMENTO E COLOCAÇÃO DE TRAVES DE FERRO NOS CAMPOS DE PELADA DO SÍTIO QUEIMADAS, DESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/777/777_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/777/777_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CALÇAMENTO DO ASSENTAMENTO VÁRZEA GRANDE, DESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/778/778_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/778/778_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE LIMPEZA DO AÇUDE DO ASSENTAMENTO FAZENDA SÍTIO, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/779/779_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/779/779_texto_integral.pdf</t>
   </si>
   <si>
     <t>RESTAURAÇÃO DO POÇO ARTESIANO NO ASSENTAMENTO FAZENDA SÍTIO, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/791/791_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/791/791_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PAVIMENTAÇÃO DA RUA AGENOR DE AZEVEDO MAIA</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/782/782_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/782/782_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAÇÃO DE CONSERTO DA ESTRADA VICINAL QUE LIGA O POVOADO CRUZ DA MENINA AO POVOADO DO SEIXO, NESTE MUNICÍPIO </t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/794/794_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/794/794_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO AO DOUTOR JUIZ DA 14ª ZONA ELEITORAL JAILSON SHIZUE SUASSUNA, NO SENTIDO DE REMANEJAR OS ELEITORES DA LOCALIDADE DE CARNAÚBA QUE VOTAM NO MUNICÍPIO DO RIACHÃO PARA O MUNICÍPIO DE DONA INÊS, TENDO EM VISTA QUE OS MESMOS RESIDEM NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/803/803_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/803/803_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO A SENHORA PROMOTORA DA COMARCA DE BELÉM EDIVÂNE SARAIVA, NO SENTIDO DE MANDAR O SETOR COMPETENTE DEMARCAR OS LIMITES TERRITORIAIS ENTRE O MUNICÍPIO DE DONA INÊS E TACIMA EM CONFORMIDADE A LEI N° 1.198 DE 02 DE ABRIL DE 1955, MENCIONADA NA LEI DE N° 2.141 DE 19 DE 06 DE 1959, QUE CRIOU O MUNICÍPIO DE DONA INÊS.  E QUE CONSTITUI PARTES INTEGRANTES DA LEI N° 1.198 A LEI 318, DE 07 DE JANEIRO DE 1949. NA LEI 2.141 DIZ NO PARÁGRAFO ÚNICO QUE OS LIMITES COM OS MUNICÍPIOS DE BANANEIRAS E SOLÂNEA SEGUE PELO RIO CURIMATAÚ E COM OS DEMAIS MUNICÍPIOS PERMANECERAM OS MESMOS ESTABELECIDOS PELA LEI 1.198 DE 02 DE ABRIL DE 1955 QUE FIXA A DIVISÃO ADMINISTRATIVA E JURÍDICA DO ESTADO. PARA MELHOR ESCLARECIMENTO, SEGUE A DESCRIÇÃO DOS LIMITES DE DONA INÊS, COM OS MUNICÍPIOS MENCIONADOS.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/806/806_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/806/806_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAÇÃO DE MELHORAMENTO COM COBERTURA DE PIÇARRO NA ESTRADA VICINAL QUE LIGA SERRA DO SÍTIO AO SÍTIO OITICICA, NESTE MUNICÍPIO </t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/807/807_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/807/807_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO AO SENHOR PREFEITO ANTÔNIO JUSTINO DE ARAÚJO NETO, NO SENTIDO DE CONSTRUIR UM CALÇAMENTO DE ACESSO A ESCOLA MUNDO ENCANTADO DA CRIANÇA.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/808/808_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/808/808_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO AO SENHOR PREFEITO ANTONIO JUSTINO DE ARAÚJO NETO, NO SENTIDO DE DEMARCAR ATRAVÉS DE FAIXA AS ÁREAS DE ESTACIONAMENTO DE VEÍCULOS NAS SEGUINTES ARTÉRIAS; AVENIDA MAJOR AUGUSTO BEZERRA, RUA ANA DA CONCEIÇÃO MELO, RUA JOSÉ CAROLINO, RUA JOSÉ PAULINO, RUA PROFESSOR ODILON MATIAS DE ARAÚJO. RUA PEDRO TEIXEIRA E PRAÇA DO TRABALHADOR.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/809/809_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/809/809_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA COMPANHIA DE ÁGUA E ESGOTOS DA PARAÍBA - CAGEPA, A DISPENSA DE FATURAMENTO DAS CONTAS DE ÁGUA NO PERÍODO A PARTIR DE ABRIL DE 2013 ATÉ QUE A DISTRIBUIÇÃO SEJA REGULARIZADA</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/812/812_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/812/812_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE MELHORAMENTO DA ESTRADA VICINAL QUE LIGA À CIDADE DE DONA INÊS AO SÍTIO ZÉ PAZ E AO POVOADO DE COZINHA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/813/813_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/813/813_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE LIMPEZA DO AÇUDE ZÉ PAZ, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/814/814_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/814/814_texto_integral.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE FAIXAS PARA PEDESTRES NA NOSSA CIDADE, DONA INÊS/PB.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/815/815_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/815/815_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DO MURO DO TANQUE VELHO DA NOSSA CIDADE, DONA INÊS/PB.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/816/816_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/816/816_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CALÇAMENTOS DE DIVERSAS RUAS DE NOSSA CIDADE, DONA INÊS/PB</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>SOLICITAÇÃO AO SENHOR SUPERINTENDENTE DO IBGE/PB RODOLFO RAMALHO CATÃO, NO SENTIDO DE MANDAR UM TÉCNICO APARA ANALISAR O PERÍMETRO LEVANTADO PARA O CENSO, NAQUELE PERÍODO SÍTIOS  DESTE MUNICÍPIO FORAM INCLUÍDOS EM SETORES DE OUTROS MUNICÍPIOS, NÃO OBEDECENDO AS LEGISLAÇÕES PERTINENTES.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/820/820_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/820/820_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PRESIDENTE DA CAGEPA MARCUS VINÍCIUS NEVES, NO SENTIDO DE MANDAR REATIVAR O SISTEMA DE ABASTECIMENTO DE ÁGUA DO POVOADO DE COZINHA DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/821/821_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/821/821_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO SENHOR PREFEITO DO MUNICÍPIO DR. ANTONIO JUSTINO DE ARAÚJO NETO, NO SENTIDO DE MANDAR ROÇAR AS ESTRADAS VICINAIS DO NOSSO MUNICÍPIO. </t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/824/824_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/824/824_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE MELHORAMENTO DAS ESTRADAS VICINAIS DO SÍTIO PEDRA LISA, DO CACO ATÉ O MULUNGU , DO MULUNGU ATÉ AO MARIZINHO, E A ESTRADA DO LIXÃO ATÉ O SÍTIO MULUNGU, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DO CONSERTO DO TANQUE NOVO DA NOSSA CIDADE.</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/828/828_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/828/828_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A ENERGISA/PB, SUBSTITUIÇÃO DE POSTE DE ENERGIA ELÉTRICA NA AV.MAJOR AUGUSTO BEZERRA DE FRONTE A LOJA FÉLIX MÓVEIS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/830/830_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/830/830_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE LUMINÁRIAS NOS POSTES DA RUA PREFEITO FRANCISCO AVELINO DA SILVA (PROJETADA C), E DEMAIS RUAS DO LOTEAMENTO MOREIRA, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/832/832_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/832/832_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DE UM CURRAL PÚBLICO PARA COMERCIALIZAÇÃO DE ANIMAIS, NESTA CIDADE.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/836/836_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/836/836_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DE UM CAMPO DE FUTEBOL SOCIETY, NA ESCOLA MUNICIPAL ANA LÚCIA FERNANDES.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/837/837_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/837/837_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO AO SENHOR PRESIDENTE DO INTERPA/PB NIVALDO MAGALHÃES NO SENTIDO DE MANDAR FAZER O GEORREFERENCIAMENTO DE PROPRIEDADES DESTE MUNICÍPIO QUE ESTÃO REGISTRADAS NO CARTÓRIO DE SOLÂNEA. FORAM UM EQUÍVOCO OS SÍTIOS: ESTRELA, MIGUEL, COBRA MAGA, SÃO LUIZ, RIACHO DE AREIA, CAPIVARA, SIMEÃO E BALANÇO PERTENCEREM AO MUNICÍPIO DE SOLÂNEA, E NO PASSADO ACONTECERAM A PROVA MAIOR DE QUE PERTENCE AO MUNICÍPIO DE DONA INÊS, ESTAR NAS LEIS E NA CONTAGEM POPULACIONAL FEITO PELO O IBGE, CONFORME MAPA E LEIS EM ANEXO.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/838/838_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/838/838_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO AO SENHOR PREFEITO ANTÔNIO JUSTINO DE ARAÚJO NETO, NO SENTIDO DE MANDAR COLOCAR BANCOS NOS CANTEIROS DA RUA PRINCIPAL DE COZINHA.</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/839/839_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/839/839_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE RESTAURAÇÃO DO TANQUE VELHO DA NOSSA CIDADE.</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/840/840_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/840/840_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE RESTAURAÇÃO DO CAJUEIRO DA NOSSA CIDADE.</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/841/841_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/841/841_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DA LIMPEZA E DA RESTAURAÇÃO DO BALDE DO AÇUDE DO ASSENTAMENTO MIGUEL DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/842/842_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/842/842_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO SENHOR CHICO NETO.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/843/843_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/843/843_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO SENHOR SÉRGIO TEÓFILO.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/844/844_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/844/844_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE COLETA DE LIXO NO LOTEAMENTO MOREIRA NESTA CIDADE</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/845/845_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/845/845_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CURSOS DE CAPACITAÇÃO E FORMAÇÃO CIDADÃ PARA OS VEREADORES MIRINS DO PARLAMENTO JOVEM DA CÂMARA MUNICIPAL DE DONA INÊS.</t>
   </si>
   <si>
     <t>3218</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>Leis</t>
   </si>
   <si>
     <t>Lei Ordinária Municipal</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3218/lei_municipal_693.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3218/lei_municipal_693.pdf</t>
   </si>
   <si>
     <t>FIXA O ÍNDICE DE REVISÃO GERAL ANUAL, EXERCÍCIO 2015,PRECEITUADA NO ART. 37,INCISO X, DA CF/88, COM O ART. 49, XIV, DA LOM, E ART. 3° DA LEI N´° 609, DE 28 DE SETEMBRO DE 2012, REMUNERAÇÕES E SUBSÍDIOS DOS SERVIDORES E POLÍTICOS DO PODER LEGISLATIVO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3219</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3219/lei_municipal_694.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3219/lei_municipal_694.pdf</t>
   </si>
   <si>
     <t>FIXA VALOR DO SALÁRIO MÍNIMO DOS SERVIDORES DA CÂMARA MUNICIPAL DE DONA INÊS/PB E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>3220</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3220/lei_municipal_695.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3220/lei_municipal_695.pdf</t>
   </si>
   <si>
     <t>REAJUSTA O PISO SALARIAL DOS PROFISSIONAIS INTEGRANTES DO MAGISTÉRIO PUBLICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3221</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3221/lei_municipal_696.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3221/lei_municipal_696.pdf</t>
   </si>
   <si>
     <t>FIXA O ÍNDICE DE REVISÃO GERAL ANUAL PARA REAJUSTE DO SALÁRIO DOS SERVIDORES EFETIVOS, COMISSIONADOS E AGENTES POLÍTICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3222</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3222/lei_municipal_697.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3222/lei_municipal_697.pdf</t>
   </si>
   <si>
     <t>ALTERA OS VALORES CONSTANTES NO ANEXO ÚNICO DA LEI MUNICIPAL N° 430, DE 21 DE FEVEREIRO DE 2005, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3223</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3223/lei_municipal_698.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3223/lei_municipal_698.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ORGANIZAÇÃO DO QUADRO DE SERVIDORES EFETIVOS E COMISSIONADOS DO MUNICÍPIO DE DONA INÊS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>3224</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3224/lei_municipal_699.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3224/lei_municipal_699.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 623/2013 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>3194</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3194/lei_municipal_700.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3194/lei_municipal_700.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DA LEI MUNICIPAL N° 648/2013 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3195</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3195/lei_municipal_701.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3195/lei_municipal_701.pdf</t>
   </si>
   <si>
     <t>3196</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3196/lei_municipal_702.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3196/lei_municipal_702.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALIENAÇÃO DE VEÍCULOS PERTENCENTES A ESTA PREFEITURA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3197</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3197/lei_municipal_703.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3197/lei_municipal_703.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONVÊNIO PARA TRANSFERÊNCIA DE RECURSOS PARA ASSOCIAÇÃO PARA O DESENVOLVIMENTO SUSTENTÁVEL E PROTEÇÃO AMBIENTAL DESTINADO AO FUNCIONAMENTO DA UNIDADE DE BENEFICIAMENTO DA CASTANHA DE CAJU, NESTE MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3198</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3198/lei_municipal_704.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3198/lei_municipal_704.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA JOSUÉ LUCAS DE ARAÚJO NETO, A RUA PROJETADA C,LOTEAMENTO "BRISA DA SERRA" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3199</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3199/lei_municipal_705.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3199/lei_municipal_705.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE PRAÇA DEODATO TEIXEIRA MUNIZ (SEU DIDI)A PRAÇA IDENTIFICADA COMO PRAÇA DA DELEGACIA, LOCALIZADA NO INÍCIO DA RUA PRESIDENTE JOÃO PESSOA NESTA CIDADE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3200</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3200/lei_municipal_706.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3200/lei_municipal_706.pdf</t>
   </si>
   <si>
     <t>INSTITUI MEIA ENTRADA E LOCAIS PÚBLICOS, DE CULTURA, ESPORTE E LAZER PARA DOADORES DE SANGUE NO MUNICÍPIO DE DONA INÊS/PB E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3201</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3201/lei_municipal_707.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3201/lei_municipal_707.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA TABELIÃO MAVIAEL ALVES MOREIRA A ARTÉRIA PÚBLICA IDENTIFICADA COMO RUA PROJETADA "F" DO LOTEAMENTO "MOREIRA", BAIRRO "NOVA CONQUISTA", NESTA CIDADE DE DONA INÊS/PB, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3202</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3202/lei_municipal_708.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3202/lei_municipal_708.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA DO BEBÊ NO MUNICÍPIO DE DONA INÊS/PB, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>3203</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3203/lei_municipal_709.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3203/lei_municipal_709.pdf</t>
   </si>
   <si>
     <t>ESTABELECE AS DIRETRIZES PARA ELABORAÇÃO DO ORÇAMENTO GERAL DO MUNICÍPIO DE DONA INÊS/PB, RELATIVO AO EXERCÍCIO DE 2016 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3204</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3204/lei_municipal_710.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3204/lei_municipal_710.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA JOSÉ ESPERIDIÃO DA SILVA A ARTÉRIA IDENTIFICADA COMO RUA PROJETADA "E", LOCALIZADA NO LOTEAMENTO MOREIRA, BAIRRO NOVA CONQUISTA, NESTA CIDADE, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3205</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3205/lei_municipal_711.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3205/lei_municipal_711.pdf</t>
   </si>
   <si>
     <t>3206</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3206/lei_municipal_712.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3206/lei_municipal_712.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CARGA HORÁRIA PARA PSICÓLOGO(A) DO MUNICÍPIO DE DONA INÊS/PB, E ADOTA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>3207</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3207/lei_municipal_713.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3207/lei_municipal_713.pdf</t>
   </si>
   <si>
     <t>APROVA O PLANO MUNICIPAL - PME 2015-2025, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3208</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3208/lei_municipal_714.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3208/lei_municipal_714.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA JOÃO MALAQUIAS DE ARAÚJO A ARTÉRIA PUBLICA IDENTIFICADA COMO RUA PROJETA "A", NO LOTEAMENTO "BRISAS DA SERRA", NESTE MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3209</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3209/lei_municipal_715.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3209/lei_municipal_715.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA MARIA RITA DA CONCEIÇÃO A ARTÉRIA PÚBLICA IDENTIFICADA COMO RUA PROJETADA "B", NO LOTEAMENTO "BRISAS DA SERRA", NESTE MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3210</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3210/lei_municipal_716.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3210/lei_municipal_716.pdf</t>
   </si>
   <si>
     <t>3211</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3211/lei_municipal_717.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3211/lei_municipal_717.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA FRANCISCO ENEDINO DA SILVA A ARTÉRIA PÚBLICA IDENTIFICADA COMO RUA PROJETADA "N" DO LOTEAMENTO MOREIRA, BAIRRO "NOVA CONQUISTA", NETA CIDADE DE DONA INÊS/PB E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3212</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3212/lei_municipal_718.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3212/lei_municipal_718.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA FRANCISCO ADOLFO DE SOUZA A ARTÉRIA PÚBLICA IDENTIFICADA COMO RUA PROJETADA "3" DO LOTEAMENTO "TAPUIO", BAIRRO "TERRA PROMETIDA", NESTA CIDADE DE DONA INÊS/PB, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>3213</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3213/lei_municipal_719.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3213/lei_municipal_719.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO DE METAS DA LDO E DO PPA, PARA O EXERCÍCIO 2016 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3214</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3214/lei_municipal_720.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3214/lei_municipal_720.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA JOSÉ RODRIGUES DE LIMA (ZÉ SEVERINO) A ARTÉRIA PÚBLICA IDENTIFICADA COMO RUA PROJETADA (6) DO LOTEAMENTO "NOVA CONQUISTA", NESTA CIDADE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3215</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3215/lei_municipal_721.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3215/lei_municipal_721.pdf</t>
   </si>
   <si>
     <t>ALTERA AS LEIS MUNICIPAIS Nº 486/2007 E 635/2013, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3216</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3216/lei_municipal_722.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3216/lei_municipal_722.pdf</t>
   </si>
   <si>
     <t>3217</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3217/lei_municipal_723.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3217/lei_municipal_723.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1779,67 +1779,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/833/833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/799/799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/798/798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/797/797_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/796/796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/721/721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/722/722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/723/723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/724/724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/725/725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/726/726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/727/727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/728/728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/729/729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/731/731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/732/732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/733/733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/744/744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/743/743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/745/745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/753/753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/774/774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/780/780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/781/781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/783/783_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/784/784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/785/785_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/786/786_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/804/804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/805/805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/817/817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/818/818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/826/826_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/831/831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/834/834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/734/734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/755/755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/756/756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/757/757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/758/758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/759/759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/760/760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/761/761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/762/762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/763/763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/764/764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/765/765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/766/766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/767/767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/768/768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/769/769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/770/770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/771/771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/795/795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/772/772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/773/773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/776/776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/777/777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/778/778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/779/779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/791/791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/782/782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/794/794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/803/803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/806/806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/807/807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/808/808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/809/809_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/812/812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/813/813_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/814/814_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/815/815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/816/816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/820/820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/821/821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/824/824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/828/828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/830/830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/832/832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/836/836_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/837/837_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/838/838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/839/839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/840/840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/841/841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/842/842_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/843/843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/844/844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/845/845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3218/lei_municipal_693.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3219/lei_municipal_694.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3220/lei_municipal_695.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3221/lei_municipal_696.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3222/lei_municipal_697.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3223/lei_municipal_698.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3224/lei_municipal_699.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3194/lei_municipal_700.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3195/lei_municipal_701.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3196/lei_municipal_702.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3197/lei_municipal_703.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3198/lei_municipal_704.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3199/lei_municipal_705.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3200/lei_municipal_706.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3201/lei_municipal_707.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3202/lei_municipal_708.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3203/lei_municipal_709.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3204/lei_municipal_710.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3205/lei_municipal_711.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3206/lei_municipal_712.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3207/lei_municipal_713.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3208/lei_municipal_714.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3209/lei_municipal_715.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3210/lei_municipal_716.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3211/lei_municipal_717.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3212/lei_municipal_718.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3213/lei_municipal_719.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3214/lei_municipal_720.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3215/lei_municipal_721.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3216/lei_municipal_722.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3217/lei_municipal_723.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/833/833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/799/799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/798/798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/797/797_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/796/796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/721/721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/722/722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/723/723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/724/724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/725/725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/726/726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/727/727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/728/728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/729/729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/731/731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/732/732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/733/733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/744/744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/743/743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/745/745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/753/753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/774/774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/780/780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/781/781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/783/783_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/784/784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/785/785_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/786/786_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/804/804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/805/805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/817/817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/818/818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/826/826_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/831/831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/834/834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/734/734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/755/755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/756/756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/757/757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/758/758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/759/759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/760/760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/761/761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/762/762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/763/763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/764/764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/765/765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/766/766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/767/767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/768/768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/769/769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/770/770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/771/771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/795/795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/772/772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/773/773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/776/776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/777/777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/778/778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/779/779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/791/791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/782/782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/794/794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/803/803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/806/806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/807/807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/808/808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/809/809_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/812/812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/813/813_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/814/814_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/815/815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/816/816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/820/820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/821/821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/824/824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/828/828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/830/830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/832/832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/836/836_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/837/837_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/838/838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/839/839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/840/840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/841/841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/842/842_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/843/843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/844/844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2015/845/845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3218/lei_municipal_693.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3219/lei_municipal_694.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3220/lei_municipal_695.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3221/lei_municipal_696.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3222/lei_municipal_697.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3223/lei_municipal_698.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3224/lei_municipal_699.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3194/lei_municipal_700.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3195/lei_municipal_701.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3196/lei_municipal_702.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3197/lei_municipal_703.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3198/lei_municipal_704.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3199/lei_municipal_705.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3200/lei_municipal_706.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3201/lei_municipal_707.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3202/lei_municipal_708.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3203/lei_municipal_709.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3204/lei_municipal_710.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3205/lei_municipal_711.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3206/lei_municipal_712.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3207/lei_municipal_713.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3208/lei_municipal_714.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3209/lei_municipal_715.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3210/lei_municipal_716.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3211/lei_municipal_717.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3212/lei_municipal_718.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3213/lei_municipal_719.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3214/lei_municipal_720.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3215/lei_municipal_721.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3216/lei_municipal_722.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2015/3217/lei_municipal_723.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H124"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="21.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="93.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="92.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>