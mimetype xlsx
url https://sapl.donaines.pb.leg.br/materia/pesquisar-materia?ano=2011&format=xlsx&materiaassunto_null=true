--- v0 (2026-01-19)
+++ v1 (2026-03-07)
@@ -54,1698 +54,1698 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1704</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>DAMÁSIO BERTO</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/1704/1704_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/1704/1704_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O TÍTULO DE CIDADÃO DONAINESENSE AO SENHOR ANTONIO JOSÉ DA COSTA E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1705</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>ULIANA</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/1705/1705_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/1705/1705_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O TÍTULO DE CIDADANIA E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1706</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>LÊDA</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/1706/1706_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/1706/1706_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O TÍTULO DE CIDADANIA DONAINESENSE AO SENHOR GERALDO GUILHERME DE CARVALHO SANTOS E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>PREFEITO MUNICIPAL</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/870/870_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/870/870_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA ESTRUTURA ADMINISTRATIVA DA PREFEITURA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/871/871_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/871/871_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALIENAÇÃO DE VEÍCULOS USADOS PERTENCENTES A ADMINISTRAÇÃO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/872/872_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/872/872_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGOS OBJETIVANDO OPERACIONALIZAÇÃO DE PROGRAMAS NA ÁREA DE SAÚDE, A FORMA DE ADMISSÃO E O REGIME JURÍDICO A QUE SERÃO SUBMETIDOS OS OCUPANTES E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/873/873_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/873/873_texto_integral.pdf</t>
   </si>
   <si>
     <t>REAJUSTA O SALÁRIO DOS SERVIDORES EFETIVO,COMISSIONADOS E AGENTES POLÍTICOS  MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>MESA DA CÂMARA</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/874/874_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/874/874_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA VALOR DO SALÁRIO MÍNIMO DOS SERVIDORES DA CÂMARA MUNICIPAL DE DONA INÊS/PB E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/875/875_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/875/875_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGOS NA ESTRUTURA ADMINISTRATIVA DA PREFEITURA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/876/876_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/876/876_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE ESCOLA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/877/877_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/877/877_texto_integral.pdf</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>NECO DE LOLÔ</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/878/878_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/878/878_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ESCOLA MUNICIPAL POETA JOÃO GALDINO DE OLIVEIRA A ESCOLA MUNICIPAL DO SÍTIO CAIÇARA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/879/879_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/879/879_texto_integral.pdf</t>
   </si>
   <si>
     <t>DESMENBRA DO SÍTIO SERRA DO SÍTIO A VILELELA E PASSA A SER DENOMINADA VILELA DE NOSSA SENHORA APARECIDA</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/880/880_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/880/880_texto_integral.pdf</t>
   </si>
   <si>
     <t>DESMEMBRA DO SÍTIO LAGOA DE COZINHA A VILELA E PASSA A SER DENOMINADA VILELA DE SÃO FRANCISCO.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/881/881_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/881/881_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROIBE A COBRANÇA DE TAXAS SOBRE ESCAVAÇÃO E COVAS NOS CEMITÉRIOS PÚBLICOS DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1882</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/1882/1882_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/1882/1882_texto_integral.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA NO MUNICÍPIO DE DONA INÊS O TRATAMENTO DIFERENCIADO E FAVORECIDO ÀS MICROEMPRESAS E EMPRESAS DE PEQUENO PORTE DE QUE TRATA A LEI COMPLEMENTAR FEDERAL Nº 123 DE 2006, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/882/882_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/882/882_texto_integral.pdf</t>
   </si>
   <si>
     <t>REAJUSTA O PISO SALARIAL DOS PROFISSIONAIS INTEGRANTES DO MAGISTÉRIO PÚBLICO MUNICIPAL E DÁ OUTRA PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/883/883_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/883/883_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO DO EXERCÍCIO DE 2011 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/884/884_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/884/884_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE PRAÇA VEREADOR NIVALDO CÂNDIDO DE ARAÚJO A PRAÇA LOCALIZADA EM FRENTE AO CENTRO MUNICIPAL DE CAPACITAÇÃO DE PROFESSORES (CENCAP) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/885/885_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/885/885_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROÍBE COLOCAR E ESTOCAR RESÍDUO SÓLIDO, EM UM RAIO DE QUINHENTOS METROS CONTORNANDO A CIDADE E EM MARGENS DE ESTRADAS, RIACHOS E MANANCIAIS DESTE MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/886/886_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/886/886_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO PARA PRORROGAÇÃO DA LICENÇA MATERNIDADE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/887/887_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/887/887_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE PROFESSORA CÍCERA FERREIRA DA SILVA A ESCOLA MUNICIPAL SITUADA NO SÍTIO ZÉ PAZ I</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/888/888_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/888/888_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE AS DIRETRIZES PARA ELABORAÇÃO DO ORÇAMENTO GERAL DO MUNICÍPIO RELATIVO AO EXERCÍCIO DE 2012, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/889/889_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/889/889_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROCEDER ALIENAÇÃO GRATUITA POR CONCESSÃO DE DIREITO REAL DE USO DE TERRENOS PÚBLICOS NO LOTEAMENTO NOVA CONQUISTA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>DEMETRIO</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/890/890_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/890/890_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA VEREADOR MANOEL HENRIQUE GOMES A ARTÉRIA PÚBLICA IDENTIFICADA COMO RUA PROJETADA I, NA VILELA DE SÃO FRANCISCO, NESTE MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/895/895_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/895/895_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA FELINTO SEBASTIÃO DA SILVA A ARTÉRIA PÚBLICA IDENTIFICADA COMO RUA PROJETADA II, NA VILELA DE SÃO FRANCISCO, NESTE MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/896/896_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/896/896_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE AVENIDA JOSÉ HERMÍNIO DE ARAÚJO A ARTÉRIA PÚBLICA IDENTIFICADA COMO AVENIDA PROJETADA 6, NESTE MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/897/897_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/897/897_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA ANTONIO BRAZ DOS SANTOS A ARTÉRIA PÚBLICA IDENTIFICADA COMO RUA PROJETADA B, LOCALIZADA NO JARDIM PRIMAVERA,NESTA CIDADE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>JOÃO DE DEUS</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/898/898_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/898/898_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A "ASSOCIAÇÃO CLUBE DE MÃES" E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/899/899_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/899/899_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA PREFEITO JOAQUIM CABRAL DE MELO A RUA PROJETADA NO LOTEAMENTO SÃO PEDRO NESTA CIDADE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/900/900_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/900/900_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA 13 DE SETEMBRO COMO O DIA MUNICIPAL DO AGENTE COMUNITÁRIO DE SAÚDE E DE COMBATE A ENDEMIAS (ACS E ACE) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/901/901_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/901/901_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE PRAÇAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/902/902_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/902/902_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA ANTONIO PEDRO DA SILVA A ARTÉRIA PÚBLICA IDENTIFICADA COMO RUA PROJETADA O LOTEAMENTO DE GERALDO BORGES.</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/903/903_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/903/903_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA MARIA RIBEIRO MAIA A ARTÉRIA PÚBLICA IDENTIFICADA COMO RUA PROJETADA DO LOTEAMENTO SÃO PEDRO, QUE DÁ ACESSO  REPETIDORA DA TV, NESTA CIDADE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1894</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/1894/1894_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/1894/1894_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DA PREFEITURA MUNICIPAL DE DONA INÊS, PARA O EXERCÍCIO ECONÔMICO-FINANCEIRO DE 2012, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/904/904_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/904/904_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA VEREADOR PEDRO JOSÉ DA SILVA A ARTÉRIA PÚBLICA IDENTIFICADA COMO RUA PROJETADA I, NO JARDIM PRIMAVERA, NESTE MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1895</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/1895/1895_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/1895/1895_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SERVIÇO DE TÁXI NO MUNICÍPIO DE DONA INÊS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/905/905_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/905/905_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE BAIRROS DESTA CIDADE DE DONA INÊS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/906/906_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/906/906_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O CONHECIMENTO AOS ALUNOS SOBRE A BIOGRAFIA DAS PERSONALIDADES QUE DENOMINAM AS ESCOLAS PÚBLICAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/907/907_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/907/907_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA A BANDA FANFARRA MUNICIPAL 17 DE NOVEMBRO COMPOSTAS POR ALUNOS DA REDE MUNICIPAL DE ENSINO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/908/908_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/908/908_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DA MOBILIZAÇÃO SOCIAL PELA EDUCAÇÃO.</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/909/909_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/909/909_texto_integral.pdf</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/910/910_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/910/910_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SERVIÇO DE MOTO TÁXI NO ÂMBITO DESTE MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/911/911_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/911/911_texto_integral.pdf</t>
   </si>
   <si>
     <t>O PROGRAMA SOCIAL E RECURSOS PARA ATENDER DOAÇÕES A PESSOAS CARENTES CRIADO PELA LEI MUNICIPAL Nº 336/2001 PASSA A DENOMINAR-SE PROGRAMA RENDA CIDADÃ.</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/912/912_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/912/912_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O CARGO DE CARÁTER TEMPORÁRIO DE AGENTE SOCIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/983/983_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/983/983_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA CÂMARA ITINERANTE NO MUNICÍPIO DE DONA INÊS/PB E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/114/114_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/114/114_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE REALIZAÇÃO DE SESSÃO SOLENE EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/115/115_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/115/115_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE REVITALIZAÇÃO DA PRAÇA DO TRABALHADOR, DESTA CIDADE.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/116/116_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/116/116_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DE SETE (07) LOMBADAS, SENDO SEIS (06), NA AVENIDA MAJOR AUGUSTO BEZERRA E UMA (01) NA RUA JOSÉ PAULINO DESTA CIDADE.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/</t>
+    <t>http://sapl.donaines.pb.leg.br/media/</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE COMPLEMENTAÇÃO DE PAVIMENTAÇÃO DA VIA DE ACESSO AO CEMITÉRIO PÚBLICO SANTO ANTÔNIO DESTA CIDADE.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/118/118_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/118/118_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE SUBSTITUIÇÃO DO CABEAMENTO ABERTO POR MULTIPLEX, DA REDE DE BAIXA TENSÃO NO TRECHO DA RUA JOSÉ PAULINO, COMPREENDIDO ENTRE O CRUZAMENTO DA RUA PROFESSOR ODILON MATIAS DE ARAÚJO E O INICÍO DA PRAÇA &amp;#8220;ESPAÇO DA JUVENTUDE&amp;#8221; DESTA CIDADE.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/119/119_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/119/119_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DE UM (01) CAMPO DE FUTEBOL NO SÍTIO CRUZ DA MENINA.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/120/120_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/120/120_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE RESTAURAÇÃO, INCLUSIVE COM IMPLANTAÇÃO DE UMA COBERTURA COM PIÇARRO, NA ESTRADA VICINAL QUE DA ACESSO AO SÍTIO CRUZ DA MENINA, NO TRECHO COMPREENDIDO ENTRE O FINAL DA RUA JOSÉ ANTÔNIO DA SILVA (ANTIGA NOVA BRASÍLIA) E A CAPELA COMO TAMBÉM A CONSTRUÇÃO DE UMA PASSAGEM MOLHADA NO RIACHO LOCALIZADO PRÓXIMO A RESIDÊNCIA DO SENHOR ABIDIAS.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>DEMA</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/121/121_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/121/121_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DE MATA &amp;#8211; BURROS NOS SÍTIOS: CAIÇARA E MARIZINHO.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/122/122_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/122/122_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE MELHORAMENTO NAS ESTRADAS VICINAIS DOS SÍTIOS: CAIÇARA, COZINHA E ZÉ PAZ.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/123/123_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/123/123_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DE BARREIRO NO SÍTIO CAIÇARA.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/124/124_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/124/124_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO AO SENHOR PREFEITO ANTONIO JUSTINO DE ARAÚJO NETO, NO SENTIDO DE VIABILIZAR A CONTINUAÇÃO DA CONSTRUÇÃO DA GALERIA PLUVIAL E POÇOS DE VISITA NA RUA JOSÉ ANTONIO DA SILVA (ANTIGA NOVA BRASÍLIA).</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/125/125_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/125/125_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAÇÃO AO SENHOR CARLOS PEREIRA DE CARVALHO SUPERINTENDENTE DO DER (DEPARTAMENTO DE ESTRADAS E RODAGEM) NO SENTIDO DE IMPLANTAR FAIXAS DE PEDESTRES EM PARALELEPÍPEDOS NAS MARGENS DA PB 103 </t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/126/126_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/126/126_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE APOIO E REIVINDICAÇÃO PARA O ASFALTAMENTO DA PB 103, LIGANDO DONA INÊS A BANANEIRAS.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/127/127_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/127/127_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE ÁGUA ENCANADA PARA A VIELA DE NOSSA SENHORA APARECIDA NO MUNICÍPIO DE DONA INÊS.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/128/128_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/128/128_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DE QUADRA POLIESPORTIVA.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/129/129_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/129/129_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CAPEAMENTO ASFÁLTICO.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/130/130_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/130/130_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CALÇAMENTO.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/131/131_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/131/131_texto_integral.pdf</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/132/132_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/132/132_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE IMPLANTAÇÃO DO SERVIÇO DE COLETA DE LIXO.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/133/133_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/133/133_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE IMPLANTAÇÃO DE EXTENSÃO DE REDE PARA ABASTECIMENTO DE ÁGUA.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/134/134_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/134/134_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAÇÃO DE POSTO DE DISTRIBUIÇÃO DO LEITE DA PARAÍBA PARA A VIELA DE NOSSA SENHORA APARECIDA NO MUNICÍPIO DE DONA INÊS. </t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/135/135_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/135/135_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE INSTALAÇÃO DE TELEFONE PARA USO PÚBLICO.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/136/136_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/136/136_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE FUNCIONAMENTO DA LAVANDERIA PÚBLICA DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/138/138_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/138/138_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE REFORMA DA ESCOLA PAULO FREIRE DA COMUNIDADE CRUZ DA MENINA.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/139/139_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/139/139_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DE UM POSTO DE SAÚDE NO SÍTIO CRUZ DA MENINA.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/141/141_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/141/141_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE REFORMA DA CAPELA DO SÍTIO CRUZ DA MENINA.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/142/142_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/142/142_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE APOIO E REIVINDICAÇÃO PARA O ASFALTAMENTO DA PB 103, TRECHO DONA INÊS A BANANEIRAS.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/144/144_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/144/144_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DE PRAÇA DE CONVIVÊNCIA NO SÃO FRANCISCO NO SÍTIO COZINHA.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/146/146_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/146/146_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE INSTALAÇÃO DE SINALIZAÇÃO VERTICAL E HORIZONTAL E CONSTRUÇÃO DO ACOSTAMENTO NA PB 103.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/147/147_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/147/147_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DA COMPLEMENTAÇÃO DO MURO DE CONTORNO DO PRÉDIO DO CENTRO CULTURAL DESTA CIDADE.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/148/148_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/148/148_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAÇÃO DE CONSTRUÇÃO DE UM (01) ABRIGO DE PASSAGEIROS NA AVENIDA MAJOR AUGUSTO BEZERRA, MAS PRECISAMENTE NA PRAÇA LOCALIZADA EM FRENTE ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL SENADOR HUMBERTO LUCENA, DESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/149/149_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/149/149_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE SOLICITAÇÃO DE CONSTRUÇÃO DE PRAÇA DE CONVIVÊNCIA NO POVOADO DE NOSSA SENHORA APARECIDA DO SÍTIO SERRA DO SÍTIO.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/150/150_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/150/150_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE INSTALAÇÃO DE FAIXAS DE PEDESTRES E PINTURA &amp;#8220;DEVAGAR&amp;#8221; NA HORIZONTAL E DE &amp;#8220;PARE&amp;#8221; NA VERTICAL EM FRENTE AS ESCOLAS EXISTENTES NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/151/151_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/151/151_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO A GERENCIA DA ENERGISA PARA FAZER A EXTENSÃO DA RUA TRAVESSA ANA DE SOUSA MACIEL.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>HERMINHO</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/152/152_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/152/152_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DE UM POSTO DE SAÚDE NO SÍTIO OITICICA.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/153/153_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/153/153_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DE CONSTRUÇÃO DE UMA QUADRA DE ESPORTES NO SÍTIO OITICICA.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/154/154_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/154/154_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAÇÃO DE CONSTRUÇÃO DE UMA PASSAGEM MOLHADA NO SÍTIO PEDRA LAVRADA. </t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/155/155_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/155/155_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DE UM POSTO DE SAÚDE NO SÍTIO CAIÇARA.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/156/156_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/156/156_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DE CONSTRUÇÃO DE UMA QUADRA DE ESPORTES NO SÍTIO CAIÇARA.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/157/157_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/157/157_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE REALIZAÇÃO DE SESSÃO ESPECIAL AO DIA NACIONAL DE LUTA CONTRA PESSOA COM DEFICIÊNCIA.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/158/158_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/158/158_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DE UM CAMPO DE FUTEBOL NO SÍTIO SERRA DO SÍTIO II.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/159/159_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/159/159_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE INFORMAÇÃO AO PROCESSO N° 00677/10. CONCERNENTES A JUNTADA DOS DOCUMENTOS DOS AGENTES DE SAÚDE E DE COMBATE AS ENDEMIAS DO MUNICÍPIO DE DONA INÊS/PB.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/160/160_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/160/160_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE MELHORAMENTO NA BARRAGEM DO SÍTIO MIGUEL</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/161/161_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/161/161_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DE TRÊS PASSAGENS MOLHADAS DO SÍTIO MARIAS PRETAS AO POVOADO VIELA DE SÃO FRANCISCO.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/162/162_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/162/162_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE AUDIÊNCIA PÚBLICA COM O SENHOR DIRETOR DA CAGEPA (COMPANHIA DE ÁGUA E ESGOTO DA PARAÍBA) PARA TRATAR DO SISTEMA DE ABASTECIMENTO DE ÁGUA DO MUNICÍPIO DE DONA INÊS/PB &amp;#8211; SUA PROBLEMÁTICAS E SOLUÇÕES.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/163/163_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/163/163_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DE UM GINÁSIO DE ESPORTE NO SÍTIO ZÉ PAZ II.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/164/164_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/164/164_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DE UMA PASSAGEM MOLHADA NO RIACHO PRÓXIMO A RESIDÊNCIA DO SENHOR PAULO (FILHO DO SAUDOSO ZECA HENRIQUE) E IMPLANTAÇÃO DE COBERTURA DE PIÇARRO, NA ESTRADA VICINAL QUE LIGA OS SÍTIOS: ZÉ PAZ II E ZÉ PAZ I.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/165/165_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/165/165_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFORMA E RESTAURAÇÃO DO GINÁSIO DE ESPORTES LOCALIZADA N AVENIDA MAJOR AUGUSTO BEZERRA AO LADO DO PRÉDIO DA PREFEITURA MUNICIPAL DE DONA INÊS/PB.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/166/166_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/166/166_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO AO SENHOR PREFEITO ANTONIO JUSTINO DE ARAÚJO NETO, NO SENTIDO DE VIABILIZAR A CONSTRUÇÃO DE ESTACIONAMENTO PARA CARROS E MOTOS NA ÁREA DO CENTRO CULTURAL.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/167/167_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/167/167_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO AO SENHOR PREFEITO ANTONIO JUSTINO DE ARAÚJO NETO, NO SENTIDO DE VIABILIZAR A CONSTRUÇÃO DE BANHEIROS PÚBLICOS NA ÁREA DO CENTRO CULTURAL, PARA ATENDER AS PESSOAS QUE SE ENCONTRAM NA PRAÇA DOS TRABALHADORES.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/168/168_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/168/168_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO AO SENHOR PREFEITO ANTONIO JUSTINO DE ARAÚJO NETO, NO SENTIDO DE VIABILIZAR A INDENIZAÇÃO DE CASAS QUE IMPEDEM O ACESSO A AO LOTEAMENTO NOVA CIDADE PELA RUA MANOEL PEDRO.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/169/169_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/169/169_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DE RUAS NO LOTEAMENTO NOVA CIDADE DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/170/170_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/170/170_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO AO SENHOR PREFEITO ANTONIO JUSTINO DE ARAÚJO NETO, NO SENTIDO DE ENVIA A CÂMARA MUNICIPAL UM PROJETO DE LEI REAJUSTANDO O SALÁRIO DOS MOTORISTAS, GARIS E AGENTES DE LIMPEZAS DO MUNICÍPIO DE DONA INÊS/PB</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/171/171_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/171/171_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONVOCAÇÃO DO SECRETÁRIO DE EDUCAÇÃO PARA PRESTAR ESCLARECIMENTOS.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/172/172_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/172/172_texto_integral.pdf</t>
   </si>
   <si>
     <t>SESSÃO ESPECIAL PARA DISCUTIR O PAPEL DAS MÍDIAS ALTERNATIVAS, REDES SOCIAIS, BLOGS E SIMILARES.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/173/173_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/173/173_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE UM VEÍCULO AUTOMÓVEL PARA O CONSELHO TUTELAR DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/174/174_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/174/174_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DO PROGRAMA CIDADÃO COM O SERVIÇO ITINERANTE PARA O NOSSO MUNICÍPIO DE DONA INÊS/PB.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/175/175_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/175/175_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPONIBILIZAÇÃO DO PROGRAMA LEITE DA PARAÍBA NAS INTERMEDIAÇÕES DO SÍTIO LAJEDO PRETO.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/176/176_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/176/176_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE MELHORAMENTO NA ESTRADA VICINAL QUE DO ACESSO AO CEMITÉRIO JARDIM DA SAUDADE ATE O SÍTIO SERÓ NESTE MUNICÍPIO DE DONA INÊS/PB</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/177/177_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/177/177_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE UMA PASSAGEM MOLHADA NO RIACHO SE DEUS QUISER, NAS PROXIMIDADES DA CASA DO SENHOR TICO JUSTINO, UMA BUEIRA NA PROPRIEDADE DO SENHOR JOSÉ MARANHÃO E COBERTURA DE PIÇARRO NO TRECHO ENTRE AS RESIDÊNCIAS DOS SENHORES TIBA E LOURIVAL EMILIANO NA ESTRADA VICINAL QUE DA ACESSO AO SÍTIO MELA BODE/OLHO D&amp;#8217;ÁGUA NESTE MUNICÍPIO DE DONA INÊS?PB</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/178/178_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/178/178_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UM POSTO DO SINE (SISTEMA NACIONAL DE EMPREGO) NO MUNICÍPIO DE DONA INÊS/PB.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/179/179_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/179/179_texto_integral.pdf</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE UMA AUDIÊNCIA PÚBLICA PARA DEBATER COM A POPULAÇÃO ACERCA DOS NOVOS REPASSES DO GOVERNO FEDERAL PARA O MUNICÍPIO DE DONA INÊS/PB.</t>
   </si>
   <si>
     <t>3307</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>Leis</t>
   </si>
   <si>
     <t>Lei Ordinária Municipal</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3307/lei_municipal_562.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3307/lei_municipal_562.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALIENAÇÃO DE VEÍCULOS USADOS PERTENCENTES A ADMINISTRAÇÃO MUNICIPAL E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3308</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3308/lei_municipal_563.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3308/lei_municipal_563.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGOS OBJETIVANDO A OPERACIONALIZAÇÃO DE PROGRAMAS NA ÁREA DE SAÚDE A FORMA DE ADMISSÃO E O REGIME JURÍDICO A QUE SERÃO SUBMETIDOS OS OCUPANTES E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3309</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3309/lei_municipal_564.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3309/lei_municipal_564.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA ESTRUTURA ADMINISTRATIVA DA PREFEITURA MUNICIPAL E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3310</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3310/lei_municipal_565.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3310/lei_municipal_565.pdf</t>
   </si>
   <si>
     <t>REAJUSTA O SALÁRIO DOS SERVIDORES EFETIVOS, COMISSIONADOS E AGENTES POLÍTICOS MUNICIPAIS E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3311</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3311/lei_municipal_566.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3311/lei_municipal_566.pdf</t>
   </si>
   <si>
     <t>FIXA O VALOR DO SALÁRIO MÍNIMO DOS SERVIDORES DA CÂMARA MUNICIPAL DE DONA INÊS/PB E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3312</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3312/lei_municipal_567.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3312/lei_municipal_567.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO DO EXERCÍCIO DE 2011 E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3313</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3313/lei_municipal_568.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3313/lei_municipal_568.pdf</t>
   </si>
   <si>
     <t>REAJUSTA O VALOR DO PISO SALARIAL DOS PROFISSIONAIS INTEGRANTES DO MAGISTÉRIO PÚBLICO MUNICIPAL E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3314</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3314/lei_municipal_569.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3314/lei_municipal_569.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE ESCOLAS E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3315</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3315/lei_municipal_570.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3315/lei_municipal_570.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGOS NA ESTRUTURA ADMINISTRATIVA DA PREFEITURA MUNICIPAL E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3316</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3316/lei_municipal_571.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3316/lei_municipal_571.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA NO MUNICÍPIO DE DONA INÊS O TRATAMENTO DIFERENCIADO E FAVORECIDO AS MICROEMPRESAS E EMPRESAS DE PEQUENO PORTE DE QUE TRATA A LEI COMPLEMENTAR FEDERAL Nº123, DE 2006 E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3317</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3317/lei_municipal_572.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3317/lei_municipal_572.pdf</t>
   </si>
   <si>
     <t>OBRIGA O MUNICÍPIO A COMPLETAR A MERENDA ESCOLAR ATÉ 30% DE PRODUTOS DA AGRICULTURA FAMILIAR.</t>
   </si>
   <si>
     <t>3318</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3318/lei_municipal_573.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3318/lei_municipal_573.pdf</t>
   </si>
   <si>
     <t>3319</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3319/lei_municipal_574.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3319/lei_municipal_574.pdf</t>
   </si>
   <si>
     <t>DENOMINA ESCOLA MUNICIPAL POETA JOÃO GALDINO DE OLIVEIRA A ESCOLA MUNICIPAL DO SÍTIO CAIÇARA E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3320</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3320/lei_municipal_575.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3320/lei_municipal_575.pdf</t>
   </si>
   <si>
     <t>DESMEMBRA DO SÍTIO SERRA DO SÍTIO A VIELA E PASSA A SER DENOMINADO A VIELA DE NOSSA SENHORA APARECIDA.</t>
   </si>
   <si>
     <t>3321</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3321/lei_municipal_576.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3321/lei_municipal_576.pdf</t>
   </si>
   <si>
     <t>3322</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3322/lei_municipal_577.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3322/lei_municipal_577.pdf</t>
   </si>
   <si>
     <t>PROÍBE A COBRANÇA DE TAXAS SOBRE ESCAVAÇÃO DE COVAS NO CEMITÉRIO DESTE MUNICÍPIO, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3323</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3323/lei_municipal_578.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3323/lei_municipal_578.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE PRAÇA VEREADOR NIVALDO CANDIDO DE ARAÚJO A PRAÇA LOCALIZADA EM FRENTE AO CENTRO DE CAPACITAÇÃO DE PROFESSORES (CEMCAP) E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3324</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3324/lei_municipal_579.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3324/lei_municipal_579.pdf</t>
   </si>
   <si>
     <t>PROÍBE COLOCAR E ESTOCAR RESÍDUO SÓLIDO, EM UM RAIO DE QUINHENTOS METROS CONTORNANDO A CIDADE E EM MARGENS DE ESTRADAS, RIACHOS E MANANCIAIS DESTE MUNICÍPIO E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3325</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3325/lei_municipal_580.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3325/lei_municipal_580.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE PROFESSORA CICERA FERREIRA DA SILVA A ESCOLA MUNICIPAL SITUADA NO SÍTIO ZÉ PAZ 1.</t>
   </si>
   <si>
     <t>3326</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3326/lei_municipal_581.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3326/lei_municipal_581.pdf</t>
   </si>
   <si>
     <t>ESTABELECE AS DIRETRIZES PARA A ELABORAÇÃO DO ORÇAMENTO GERAL DO MUNICÍPIO RELATIVO AO EXERCÍCIO DE 2012 E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3327</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3327/lei_municipal_582.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3327/lei_municipal_582.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROCEDER ALIENAÇÃO GRATUITA POR DOAÇÃO OU CONCESSÃO DE DIREITO REAL DE USO TERRENOS PÚBLICOS NO LOTEAMENTO NOVA CONQUISTA E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3328</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3328/lei_municipal_583.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3328/lei_municipal_583.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DE PROLONGAÇÃO DE LICENÇA MATERNIDADE E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3329</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3329/lei_municipal_584.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3329/lei_municipal_584.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA ANTONIO BRAZ DOS SANTOS A ARTÉRIA PÚBLICA IDENTIFICADA COMO RUA PROJETADA B, LOCALIZADA NO JARDIM PRIMAVERA NESTA CIDADE E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3330</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3330/lei_municipal_585.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3330/lei_municipal_585.pdf</t>
   </si>
   <si>
     <t>DECLARA DE AUTORIDADE PÚBLICA A ASSOCIAÇÃO CLUBE DE MÃES RE DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3331</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3331/lei_municipal_586.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3331/lei_municipal_586.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA 13 DE SETEMBRO COM DIA MUNICIPAL DO AGENTE COMUNITÁRIO DE SAÚDE E DE COMBATE AS ENDEMIAS (ACS E ACE) E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3332</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE PRAÇAS E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3333</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3333/lei_municipal_588.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3333/lei_municipal_588.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA ANTONIO PEDRO DA SILVA A ARTÉRIA PÚBLICA IDENTIFICADA COMO RUA PROJETADA DO LOTEAMENTO GERALDO BORGES, NESTA CIDADE E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3334</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3334/lei_municipal_589.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3334/lei_municipal_589.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA MARIA RIBEIRO A ARTÉRIA PÚBLICA IDENTIFICADA COMO RUA PROJETADA DO LOTEAMENTO SÃO PEDRO, QUE DA ACESSO A REPETIDORA DE TV NESTA CIDADE E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3335</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3335/lei_municipal_590.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3335/lei_municipal_590.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO DO EXERCÍCIO DE 2011 E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3336</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3336/lei_municipal_591.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3336/lei_municipal_591.pdf</t>
   </si>
   <si>
     <t>3337</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3337/lei_municipal_592.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3337/lei_municipal_592.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA VEREADOR PEDRO JOSÉ DA SILVA A ARTÉRIA PUBLICA IDENTIFICADA COMO RUA PROJETADA 1 NO JARDIM PRIMAVERA DESTA CIDADE E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3338</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3338/lei_municipal_593.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3338/lei_municipal_593.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SERVIÇO DE TAXI NO MUNICÍPIO DE DONA INÊS E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3339</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3339/lei_municipal_594.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3339/lei_municipal_594.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE BAIRROS DESTA CIDADE E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3340</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3340/lei_municipal_595.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3340/lei_municipal_595.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONHECIMENTO AOS ALUNOS SOBRE A BIOGRAFIA DAS PERSONALIDADES QUE DENOMINAM AS ESCOLAS PÚBLICAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>3341</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3341/lei_municipal_596.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3341/lei_municipal_596.pdf</t>
   </si>
   <si>
     <t>CRIA A BANDA FANFARRA MUNICIPAL 17 DE NOVEMBRO COMPOSTA POR ALUNOS DA REDE MUNICIPAL DE ENSINO E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3342</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3342/lei_municipal_597.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3342/lei_municipal_597.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DE MOBILIZAÇÃO SOCIAL PELA EDUCAÇÃO.</t>
   </si>
   <si>
     <t>3343</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3343/lei_municipal_598.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3343/lei_municipal_598.pdf</t>
   </si>
   <si>
     <t>O PROGRAMA SOCIAL E RECURSOS PARA ATENDER DOAÇÕES A PESSOAS CARENTES CRIADO PELA LEI MUNICIPAL Nº 336/2001 PASSA A DENOMINA – SE RENDA CIDADÃ.</t>
   </si>
   <si>
     <t>3344</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3344/lei_municipal_599.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3344/lei_municipal_599.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA JOAQUIM CABRAL DE MELO A RUA PROJETADA NO LOTEAMENTO SÃO PEDRO, NESTA CIDADE E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3345</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3345/lei_municipal_600.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3345/lei_municipal_600.pdf</t>
   </si>
   <si>
     <t>CRIA O CARGO EM CARÁTER TEMPORÁRIO DE AGENTE SOCIAL E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2052,67 +2052,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/1704/1704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/1705/1705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/1706/1706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/870/870_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/871/871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/872/872_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/873/873_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/874/874_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/875/875_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/876/876_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/877/877_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/878/878_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/879/879_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/880/880_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/881/881_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/1882/1882_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/882/882_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/883/883_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/884/884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/885/885_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/886/886_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/887/887_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/888/888_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/889/889_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/890/890_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/895/895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/896/896_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/897/897_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/898/898_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/899/899_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/900/900_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/901/901_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/902/902_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/903/903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/1894/1894_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/904/904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/1895/1895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/905/905_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/906/906_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/907/907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/908/908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/909/909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/910/910_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/911/911_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/912/912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/983/983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/114/114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/115/115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/116/116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/118/118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/119/119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/120/120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/121/121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/122/122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/123/123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/124/124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/125/125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/126/126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/127/127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/128/128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/129/129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/130/130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/131/131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/132/132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/133/133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/134/134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/135/135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/136/136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/138/138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/139/139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/141/141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/142/142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/144/144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/146/146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/147/147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/148/148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/149/149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/150/150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/151/151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/152/152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/153/153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/154/154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/155/155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/156/156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/157/157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/158/158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/159/159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/161/161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/162/162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/163/163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/164/164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/167/167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/169/169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/170/170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/171/171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/172/172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/173/173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/174/174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/175/175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/176/176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/177/177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/178/178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/179/179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3307/lei_municipal_562.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3308/lei_municipal_563.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3309/lei_municipal_564.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3310/lei_municipal_565.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3311/lei_municipal_566.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3312/lei_municipal_567.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3313/lei_municipal_568.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3314/lei_municipal_569.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3315/lei_municipal_570.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3316/lei_municipal_571.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3317/lei_municipal_572.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3318/lei_municipal_573.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3319/lei_municipal_574.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3320/lei_municipal_575.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3321/lei_municipal_576.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3322/lei_municipal_577.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3323/lei_municipal_578.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3324/lei_municipal_579.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3325/lei_municipal_580.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3326/lei_municipal_581.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3327/lei_municipal_582.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3328/lei_municipal_583.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3329/lei_municipal_584.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3330/lei_municipal_585.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3331/lei_municipal_586.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3333/lei_municipal_588.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3334/lei_municipal_589.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3335/lei_municipal_590.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3336/lei_municipal_591.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3337/lei_municipal_592.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3338/lei_municipal_593.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3339/lei_municipal_594.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3340/lei_municipal_595.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3341/lei_municipal_596.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3342/lei_municipal_597.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3343/lei_municipal_598.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3344/lei_municipal_599.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3345/lei_municipal_600.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/1704/1704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/1705/1705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/1706/1706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/870/870_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/871/871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/872/872_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/873/873_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/874/874_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/875/875_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/876/876_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/877/877_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/878/878_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/879/879_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/880/880_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/881/881_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/1882/1882_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/882/882_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/883/883_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/884/884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/885/885_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/886/886_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/887/887_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/888/888_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/889/889_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/890/890_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/895/895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/896/896_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/897/897_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/898/898_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/899/899_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/900/900_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/901/901_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/902/902_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/903/903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/1894/1894_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/904/904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/1895/1895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/905/905_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/906/906_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/907/907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/908/908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/909/909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/910/910_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/911/911_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/912/912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/983/983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/114/114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/115/115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/116/116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/118/118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/119/119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/120/120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/121/121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/122/122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/123/123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/124/124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/125/125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/126/126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/127/127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/128/128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/129/129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/130/130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/131/131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/132/132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/133/133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/134/134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/135/135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/136/136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/138/138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/139/139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/141/141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/142/142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/144/144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/146/146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/147/147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/148/148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/149/149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/150/150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/151/151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/152/152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/153/153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/154/154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/155/155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/156/156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/157/157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/158/158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/159/159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/161/161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/162/162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/163/163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/164/164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/167/167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/169/169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/170/170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/171/171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/172/172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/173/173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/174/174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/175/175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/176/176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/177/177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/178/178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2011/179/179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3307/lei_municipal_562.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3308/lei_municipal_563.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3309/lei_municipal_564.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3310/lei_municipal_565.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3311/lei_municipal_566.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3312/lei_municipal_567.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3313/lei_municipal_568.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3314/lei_municipal_569.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3315/lei_municipal_570.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3316/lei_municipal_571.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3317/lei_municipal_572.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3318/lei_municipal_573.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3319/lei_municipal_574.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3320/lei_municipal_575.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3321/lei_municipal_576.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3322/lei_municipal_577.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3323/lei_municipal_578.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3324/lei_municipal_579.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3325/lei_municipal_580.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3326/lei_municipal_581.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3327/lei_municipal_582.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3328/lei_municipal_583.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3329/lei_municipal_584.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3330/lei_municipal_585.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3331/lei_municipal_586.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3333/lei_municipal_588.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3334/lei_municipal_589.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3335/lei_municipal_590.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3336/lei_municipal_591.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3337/lei_municipal_592.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3338/lei_municipal_593.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3339/lei_municipal_594.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3340/lei_municipal_595.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3341/lei_municipal_596.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3342/lei_municipal_597.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3343/lei_municipal_598.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3344/lei_municipal_599.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2011/3345/lei_municipal_600.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H148"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="19.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="95.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="94.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>