--- v0 (2026-01-18)
+++ v1 (2026-03-05)
@@ -54,810 +54,810 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1813</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EMOD</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
     <t>MESA DA CÂMARA</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1813/1813_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1813/1813_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA A LEI ORGÂNICA MUNICIPAL - PELOM Nº 001/2002, QUE ALTERA A LEI ORGÂNICA MUNICIPAL, INTRODUZEM INCISOS, ALÍNEAS, SUPRIME ARTIGOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1865</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>PREFEITO MUNICIPAL</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1865/1865_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1865/1865_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA O CÓDIGO TRIBUTÁRIO MUNICIPAL, INSTITUÍDO PELA LEI COMPLEMENTAR Nº 01/79, DE 30 DE DEZEMBRO DE 1997 E DÁ OUTRAS PROVIDÊNCIAS.  </t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1143/1143_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1143/1143_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA CARGOS NO QUADRO DE PESSOAL DA PREFEITURA MUNICIPAL DE DONA INÊS /PB ,E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1144/1144_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1144/1144_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ACRESCENTA INCISOS AO ARTIGO 2° , DA LEI MUNICIPAL N ° 325 , DE 1° DE MARÇO  DE 2001, E DÁ OUTRAS PROVIDÊNCIAS </t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1145/1145_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1145/1145_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI GRATIFICAÇÃO DESTINADA A PROFESSORES MUNICIPAIS ,E DÁ OUTRAS PROVIDÊNCIAS </t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1156/1156_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1156/1156_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA O PROGRAMA DE BOLSA ESTUDO PARA ESTUDANTES DEFICIENTES FÍSICOS E DÁ OUTRAS PROVIDÊNCIAS </t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1147/1147_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1147/1147_texto_integral.pdf</t>
   </si>
   <si>
     <t>RATIFICA OS TERMOS DO CONVÊNIO DA EMATER COM A PREFEITURA MUNICIPAL DE DONA INÊS , PARA PROMOÇÃO E INTENSIFICAÇÃO DE ATIVIDADES INERENTES AO MEIO RURAL</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1148/1148_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1148/1148_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">RATIFICA OS TERMOS DE CONVÊNIO DA UNIÃO DOS DIRIGENTES MUNICIPAIS DE EDUCAÇÃO DO ESTADO DA PARAÍBA -UNDIME/PB COM A PREFEITURA MUNICIPAL DE DONA INÊS/PB </t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1149/1149_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1149/1149_texto_integral.pdf</t>
   </si>
   <si>
     <t>REAJUSTE VENCIMENTOS E REPRESENTAÇÃO DOS SERVIDORES PÚBLICOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>WELLINGTON MAIA</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1150/1150_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1150/1150_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REAJUSTA VENCIMENTOS DOS SERVIDORES PÚBLICOS MUNICIPAIS DA CÂMARA MUNICIPAL DE DONA INÊS E DÁ OUTRAS PROVIDÊNCIAS </t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1151/1151_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1151/1151_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO NO QUADRO DE PESSOAL DA PREFEITURA MUNICIPAL DE DONA INÊS/PB E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1152/1152_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1152/1152_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">RATIFICA OS TERMOS  DO CONVÊNIO CELEBRA ENTRE O TRIBUNAL REGIONAL DA PARAÍBA E A PREFEITURA MUNICIPAL DE DONA INÊS/PB </t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1153/1153_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1153/1153_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ACRESCENTA INCISO AO ARTIGO 1°, DA LEI MUNICIPAL N° 363 ,DE 28 DE JANEIRO DE 2002 E DÁ OUTRAS PROVIDÊNCIAS </t>
   </si>
   <si>
     <t>1853</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1853/1853_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1853/1853_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE ALIENAÇÃO DE VEÍCULOS, PERTENCENTE A ESTA PREFEITURA. </t>
   </si>
   <si>
     <t>1854</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1854/1854_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1854/1854_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 67 DA LEI MUNICIPAL Nº 347/2001, QUE DISPÕE SOBRE O REGIME PRÓPRIO DOS SERVIDORES.</t>
   </si>
   <si>
     <t>1855</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1855/1855_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1855/1855_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EXTINGUE CARGOS DO QUADRO EFETIVO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1856</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1856/1856_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1856/1856_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA CARGOS NO QUADRO DE PESSOAL DA PREFEITURA MUNICIPAL DE DONA INÊS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1857</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1857/1857_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1857/1857_texto_integral.pdf</t>
   </si>
   <si>
     <t>1858</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1858/1858_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1858/1858_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DEFINE OS DÉBITOS E OBRIGAÇÕES CONSIGNADAS EM PRECATÓRIOS JUDICIÁRIOS CONSIDERADAS DE PEQUENO VALOR PARA O MUNICÍPIO DE DONA INÊS, PARA OS FINS DO QUE PRECEITUA O ART. 100, § 3º DA CONSTITUIÇÃO FEDERAL, NOS TERMOS DO ART. 87 DOS ADCT, ACRESCIDO PELA EMENDA CONSTITUCIONAL Nº 37/2002, E DÁ OUTRAS PROVIDÊNCIAS.   </t>
   </si>
   <si>
     <t>1859</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1859/1859_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1859/1859_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 1º DA LEI Nº 378, DE 02 DE SETEMBRO DE 2002 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1860</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1860/1860_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1860/1860_texto_integral.pdf</t>
   </si>
   <si>
     <t>1861</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1861/1861_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1861/1861_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE DONA INÊS, PARA O EXERCÍCIO DE 2003, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1862</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1862/1862_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1862/1862_texto_integral.pdf</t>
   </si>
   <si>
     <t>TRANSFORMA EM CENTRO MUNICIPAL DE CAPACITAÇÃO DE PROFESSORES O PRÉDIO QUE MENCIONA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1863</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1863/1863_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1863/1863_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA O PARÁGRAFO 2º, DO ARTIGO 76º, SEÇÃO VII, DA LEI MUNICIPAL Nº 209, DE 31 DE MAIO DE 1994 E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1864</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1864/1864_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1864/1864_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA BOLSA TRANSPORTE ESCOLAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1866</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1866/1866_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1866/1866_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DOAÇÃO DE R$ 1,000,00 (HUM MIL REAIS) AO HOSPITAL NAPOLEÃO LAUREANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1867</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1867/1867_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1867/1867_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA OS ANEXOS DA LEI Nº 360/2001 QUE DISPÕE SOBRE O PLANO PLURIANUAL PARA O QUADRIÊNIO 2002/2005, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1868</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1868/1868_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1868/1868_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI A CONTRIBUIÇÃO DE ILUMINAÇÃO PÚBLICA - CIP E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1724/1724_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1724/1724_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA A COMISSÃO DE SISTEMATIZAÇÃO PARA A REFORMA DA LEI ORGÂNICA E DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE DONA INÊS/PB E DÁ OUTRAS PROVIDÊNCIAS.    </t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>LINS</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/375/375_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/375/375_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE PAVIMENTAÇÃO PARA A COMUNIDADE DE COZINHA. (REPROVADO)</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>OZANETE</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/376/376_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/376/376_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DO CARRO FUMACÊ.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>HERMINHO</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/377/377_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/377/377_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DE UM MINI&amp;#8211;POSTO DE SAÚDE NO SÍTIO OITICICA.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>AMAURI</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/378/378_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/378/378_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÕES DIVERSAS. (REPROVADO)</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>BIU DE APOLÔNIO</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/379/379_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/379/379_texto_integral.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DAS RUAS DO LOTEAMENTO SÃO PEDRO.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>DEMA</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/380/380_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/380/380_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DE DUAS (02) ESCOLAS MUNICIPAIS, NO ASSENTAMENTO VÁRZEA GRANDE E MIGUEL.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>FELICIDADE</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/381/381_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/381/381_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA ROÇAR A ESTRADA QUE LIGA O BILINGUIM A DONA INÊS.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/382/382_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/382/382_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA ROÇAR O ACOSTAMENTO DAS ESTRADAS DOS SÍTIOS BREJINHO, ZÉ PAZ, CAIÇARA E SÍTIO COZINHA.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/383/383_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/383/383_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE MELHORAMENTO NA BARRAGEM DO SÍTIO MIGUEL. (REPROVADO)</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/384/384_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/384/384_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE RESTAURAÇÃO DA ESTRADA DO LAJEDO PRETO.</t>
   </si>
   <si>
     <t>3503</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>Leis</t>
   </si>
   <si>
     <t>Lei Ordinária Municipal</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3503/lei_municipal_362.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3503/lei_municipal_362.pdf</t>
   </si>
   <si>
     <t>CRIA CARGOS NO QUADRO DE PESSOAL DA PREFEITURA MUNICIPAL DE DONA INÊS/PB, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3504</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3504/lei_municipal_363.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3504/lei_municipal_363.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA INCISOS AO ARTIGO 2º, DA LEI MUNICIPAL Nº 325, DE 1º DE MARÇO DE 2001, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3505</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3505/lei_municipal_364.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3505/lei_municipal_364.pdf</t>
   </si>
   <si>
     <t>INSTITUI GRATIFICAÇÃO DESTINADAS A PROFESSORES MUNICIPAIS, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3506</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3506/lei_municipal_365.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3506/lei_municipal_365.pdf</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA DE BOLSA ESTUDO PARA ESTUDANTES DEFICIENTES FÍSICOS E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3507</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3507/lei_municipal_366.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3507/lei_municipal_366.pdf</t>
   </si>
   <si>
     <t>RATIFICA OS TERMOS DO CONVÊNIO DA EMATER COM A PREFEITURA MUNICIPAL DE DONA INÊS, PARA PROMOÇÃO E INTENSIFICAÇÃO DE ATIVIDADES INERENTES AO MEIO RURAL.</t>
   </si>
   <si>
     <t>3508</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3508/lei_municipal_367.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3508/lei_municipal_367.pdf</t>
   </si>
   <si>
     <t>RATIFICA OS TERMOS DO CONVÊNIO DA UNIÃO DOS DIRIGENTES MUNICIPAIS DE EDUCAÇÃO E ESTADO DA PARAÍBA- UNDIME/PB COM A PREFEITURA MUNICIPAL DE DONA INÊS.</t>
   </si>
   <si>
     <t>3509</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3509/lei_municipal_368.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3509/lei_municipal_368.pdf</t>
   </si>
   <si>
     <t>REAJUSTA VENCIMENTOS E REPRESENTAÇÃO DOS SERVIDORES PÚBLICOS MUNICIPAIS E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3510</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3510/lei_municipal_369.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3510/lei_municipal_369.pdf</t>
   </si>
   <si>
     <t>REAJUSTA VENCIMENTOS DOS SERVIDORES PÚBLICOS MUNICIPAIS DA CÂMARA MUNICIPAL DE DONA INÊS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3511</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3511/lei_municipal_370.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3511/lei_municipal_370.pdf</t>
   </si>
   <si>
     <t>ESTABELECE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2003, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3512</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3512/lei_municipal_371.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3512/lei_municipal_371.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO NO QUADRO PESSOAL DA PREFEITURA MUNICIPAL DE DONA INÊS/PB, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3513</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3513/lei_municipal_372.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3513/lei_municipal_372.pdf</t>
   </si>
   <si>
     <t>RATIFICA OS TERMOS DO CONVÊNIO CELEBRADO ENTRE O TRIBUNAL REGIONAL ELEITORAL DA PARAÍBA E A PREFEITURA MUNICIPAL DE DONA INÊS.</t>
   </si>
   <si>
     <t>3514</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3514/lei_municipal_373.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3514/lei_municipal_373.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA INCISO AO ARTIGO 1º, DA LEI MUNICIPAL 363, DE 28 DE JANEIRO DE 2002 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3515</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3515/lei_municipal_374.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3515/lei_municipal_374.pdf</t>
   </si>
   <si>
     <t>3516</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3516/lei_municipal_375.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3516/lei_municipal_375.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALIENAÇÃO DE VEÍCULO, PERTENCENTE A ESTA PREFEITURA.</t>
   </si>
   <si>
     <t>3517</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3517/lei_municipal_376.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3517/lei_municipal_376.pdf</t>
   </si>
   <si>
     <t>EXTINGUE CARGOS DO QUADRO EFETIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3518</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3518/lei_municipal_377.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3518/lei_municipal_377.pdf</t>
   </si>
   <si>
     <t>CRIA CARGOS NO QUADRO DE PESSOAL DA PREFEITURA MUNICIPAL DE DONA INÊS E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3519</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3519/lei_municipal_378.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3519/lei_municipal_378.pdf</t>
   </si>
   <si>
     <t>3520</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3520/lei_municipal_379.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3520/lei_municipal_379.pdf</t>
   </si>
   <si>
     <t>DEFINE OS DÉBITOS E OBRIGAÇÕES CONSIGNADAS EM PRECATÓRIOS JUDICIÁRIOS CONSIDERADOS DE PEQUENO VALOR PARA O MUNICÍPIO DE DONA INÊS, PARA OS FINS DO QUE PRECEITUA O ART. 100, 3º DA CONSTITUIÇÃO FEDERAL NOS TERMOS DO ART. 87 DOS ADCT, ACRESCIDO PELA EMENDA CONSTITUCIONAL Nº 37/2002, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3521</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3521/lei_municipal_380.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3521/lei_municipal_380.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 1º DA LEI 378, DE 02 DE SETEMBRO DE 2002, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3522</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3522/lei_municipal_381.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3522/lei_municipal_381.pdf</t>
   </si>
   <si>
     <t>3523</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3523/lei_municipal_382.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3523/lei_municipal_382.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE DONA INÊS PARA O EXERCÍCIO DE 2003, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3524</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3524/lei_municipal_383.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3524/lei_municipal_383.pdf</t>
   </si>
   <si>
     <t>TRANSFORMA EM CENTRO MUNICIPAL DE CAPACITAÇÃO DE PROFESSORES O PRÉDIO QUE MENCIONA E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3525</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3525/lei_municipal_384.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3525/lei_municipal_384.pdf</t>
   </si>
   <si>
     <t>ALTERA O PARÁGRAFO 2º DO ART. 76º, SEÇÃO VII, DA LEI MUNICIPAL Nº 209 DE 31 DE MAIO DE 1994 E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3526</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3526/lei_municipal_385.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3526/lei_municipal_385.pdf</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA DE BOLSA ESCOLAR E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3527</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3527/lei_municipal_386.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3527/lei_municipal_386.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DOAÇÃO DE R$1.000,00 (UM MIL REAIS) AO HOSPITAL NAPOLEÃO LAUREANO E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3528</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3528/lei_municipal_387.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3528/lei_municipal_387.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ANEXOS DA LEI Nº 360/2001 QUE DISPÕE SOBRE O PLANO PLURIANUAL PARA O QUADRIÊNIO 2002/2005, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3529</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3529/lei_municipal_388.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3529/lei_municipal_388.pdf</t>
   </si>
   <si>
     <t>INSTITUI A ILUMINAÇÃO PÚBLICA - CIP E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1164,67 +1164,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1813/1813_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1865/1865_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1143/1143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1144/1144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1145/1145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1156/1156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1147/1147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1148/1148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1149/1149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1150/1150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1151/1151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1152/1152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1153/1153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1853/1853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1854/1854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1855/1855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1856/1856_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1857/1857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1858/1858_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1859/1859_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1860/1860_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1861/1861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1862/1862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1863/1863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1864/1864_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1866/1866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1867/1867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1868/1868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1724/1724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/375/375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/376/376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/377/377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/378/378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/379/379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/380/380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/381/381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/382/382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/383/383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/384/384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3503/lei_municipal_362.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3504/lei_municipal_363.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3505/lei_municipal_364.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3506/lei_municipal_365.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3507/lei_municipal_366.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3508/lei_municipal_367.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3509/lei_municipal_368.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3510/lei_municipal_369.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3511/lei_municipal_370.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3512/lei_municipal_371.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3513/lei_municipal_372.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3514/lei_municipal_373.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3515/lei_municipal_374.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3516/lei_municipal_375.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3517/lei_municipal_376.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3518/lei_municipal_377.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3519/lei_municipal_378.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3520/lei_municipal_379.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3521/lei_municipal_380.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3522/lei_municipal_381.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3523/lei_municipal_382.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3524/lei_municipal_383.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3525/lei_municipal_384.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3526/lei_municipal_385.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3527/lei_municipal_386.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3528/lei_municipal_387.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3529/lei_municipal_388.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1813/1813_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1865/1865_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1143/1143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1144/1144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1145/1145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1156/1156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1147/1147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1148/1148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1149/1149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1150/1150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1151/1151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1152/1152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1153/1153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1853/1853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1854/1854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1855/1855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1856/1856_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1857/1857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1858/1858_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1859/1859_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1860/1860_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1861/1861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1862/1862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1863/1863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1864/1864_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1866/1866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1867/1867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1868/1868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/1724/1724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/375/375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/376/376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/377/377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/378/378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/379/379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/380/380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/381/381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/382/382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/383/383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/2002/384/384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3503/lei_municipal_362.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3504/lei_municipal_363.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3505/lei_municipal_364.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3506/lei_municipal_365.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3507/lei_municipal_366.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3508/lei_municipal_367.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3509/lei_municipal_368.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3510/lei_municipal_369.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3511/lei_municipal_370.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3512/lei_municipal_371.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3513/lei_municipal_372.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3514/lei_municipal_373.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3515/lei_municipal_374.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3516/lei_municipal_375.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3517/lei_municipal_376.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3518/lei_municipal_377.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3519/lei_municipal_378.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3520/lei_municipal_379.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3521/lei_municipal_380.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3522/lei_municipal_381.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3523/lei_municipal_382.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3524/lei_municipal_383.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3525/lei_municipal_384.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3526/lei_municipal_385.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3527/lei_municipal_386.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3528/lei_municipal_387.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/2002/3529/lei_municipal_388.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H67"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="19.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="95.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="94.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>