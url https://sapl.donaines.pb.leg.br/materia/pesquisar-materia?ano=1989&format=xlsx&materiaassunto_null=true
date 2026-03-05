--- v0 (2025-12-06)
+++ v1 (2026-03-05)
@@ -54,346 +54,346 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1319</t>
   </si>
   <si>
     <t>1989</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>ZÉ LUIZ</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1319/1319_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1319/1319_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABASTECER A ABASTECER OS CARROS DE PROPRIEDADES DE SUA PESSOA FÍSICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1320/1320_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1320/1320_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O SETOR AGROPECUÁRIO DO MINÍCIPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1321/1321_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1321/1321_texto_integral.pdf</t>
   </si>
   <si>
     <t>REAJUSTA VENCIMENTOS,SALÁRIOS E PROVENTOS DOS SERVIDORES MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1322/1322_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1322/1322_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA OS VALORES DE INDENIZAÇÃO DAS DESPESAS COM ALIMENTAÇÃO E POUSADA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>MESA DA CÂMARA</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1324/1324_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1324/1324_texto_integral.pdf</t>
   </si>
   <si>
     <t>REAJUSTA VENCIMENTOS E SALÁRIOS DOS SERVIDORES DA CÂMARA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1326/1326_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1326/1326_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA UM ESCRITÓRIO DE REPRESENTAÇÃO EM JOÃO PESSOA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1329/1329_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1329/1329_texto_integral.pdf</t>
   </si>
   <si>
     <t>DA NOME A CONJUNTO HABITACIONAL E DETERMINE OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1332/1332_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1332/1332_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOVA DENOMINAÇÃO Á QUADRA A, DO CONJUNTO  HABITACIONAL DA CEHAP E &amp;#180;DA OUTRAS PROVIDÊNCIA._x000D_
 </t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1333/1333_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1333/1333_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA DENOMINAÇÃO Á QUADRA B, DO CONJUNTO HABITACIONAL DA CEHAP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1335/1335_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1335/1335_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOVA DENOMINAÇÃO A QUADRA D, DO CONJUNTO HABITACIONAL DA CEHAP E DÁ OUTRAS PROVIDÊNCIAS </t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1336/1336_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1336/1336_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A REALIZAÇÃO DE DESPESAS COM A ADMINISTRAÇÃO DA JUSTIÇA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1337</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1337/1337_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1337/1337_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ANEXO ÚNICO DA LEI MUNICIPAL Nº 120 DE 16/11/87 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1338/1338_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1338/1338_texto_integral.pdf</t>
   </si>
   <si>
     <t>REAJUSTA VENCIMENTOS E SALÁRIOS DOS SERVIDORES DA CÂMARA MUNICIPAL,E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1340</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1340/1340_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1340/1340_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA RECEITA E FIXA A DESPESA DO MUNICÍPIO PARA O EXERCÍCIO FINANCEIRO DE 1990.</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1341/1341_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1341/1341_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE ABONO DE NATAL AOS SERVIDORES MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1342</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>PREFEITO MUNICIPAL</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1342/1342_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1342/1342_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO INICIO I DO ARTIGO 6º DA LEI ORÇAMENTARIA DE 1988, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1343</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1343/1343_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1343/1343_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE ABONO PROVISÓRIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1339</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/</t>
+    <t>http://sapl.donaines.pb.leg.br/media/</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>CLIDENOR</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1454/1454_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1454/1454_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO NO SENTIDO DE REMETER A ESTA CÂMARA, O MAIS RÁPIDO POSSÍVEL, A MENSAGEM DE AUMENTO AOS SERVIDORES MUNICIPAIS COM UM ÍNDICE DE NO MÍNIMO 200%</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
     <t>GERALDO QUIRINO</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1455/1455_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1455/1455_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO AO EXMO. SENHOR PREFEITO MUNICIPAL QUE NOS SEJA APRESENTADA A MENSAGEM DE AUMENTO DOS FUNCIONÁRIOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
     <t>JOÃO IDALINO</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1456/1456_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1456/1456_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PRESIDENTE DA CÂMARA MUNICIPAL QUE SEJA PASSADA AS MÃOS DOS SENHORES VEREADORES, CÓPIA DO ORÇAMENTO DA CÂMARA DE 1989 E REQUEIRO PARA APRECIAÇÃO DOS VEREADORES AS MATÉRIAS DO SENHOR PREFEITO PARA APROVAÇÃO, COBRANDO  AO EXMO SENHOR PRESIDENTE QUE SEJA ENTREGUE CÓPIA 24 HORAS ANTES DA SUA APRECIAÇÃO.</t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1457/1457_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1457/1457_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA PROVIDENCIADA COM A MAIOR URGÊNCIA POSSÍVEL A LIMPEZA DAS LAGOAS DOS SÍTIOS "BREJINHO" E "COZINHA".</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1458/1458_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1458/1458_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO AO EXMO. SR. PREFEITO NO SENTIDO DO MESMO, TENTAR A LIBERAÇÃO DE RECURSOS, JUNTO AOS ÓRGÃOS FEDERAL E ESTADUAL PARA A CONSTRUÇÃO DE UM HOSPITAL-MATERNIDADE, PARA ATENDER A POPULAÇÃO DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1459/1459_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1459/1459_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO AO EXMO. SR. PREFEITO, NO SENTIDO DO MESMO DESTINAR RECURSOS PARA A URBANIZAÇÃO DA RUA LUIZ JUSTINO DE ARAÚJO.</t>
   </si>
   <si>
     <t>1460</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1460/1460_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1460/1460_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO NO SENTIDO DE DESIGNAR UM MÉDICO E UM DENTISTA PARA OS POSTOS MÉDICOS DE SERRA DO SÍTIO E DE LAGOA DE COZINHA, DE MODO QUE OS HABITANTES DAS REFERIDAS REGIÕES SEJAM BENEFICIADOS COM ATENDIMENTO PELO MENOS UM DIA POR SEMANA.</t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1461/1461_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1461/1461_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO NO SENTIDO DE SE ADOTAR URGENTES PROVIDÊNCIAS VISANDO UMA COMPLETA RESTAURAÇÃO (REPAROS, LIMPEZA) DO MERCADO PÚBLICO MUNICIPAL, PARA MELHOR COMODIDADE DOS FEIRANTES.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -700,67 +700,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1319/1319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1320/1320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1321/1321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1322/1322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1324/1324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1326/1326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1329/1329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1332/1332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1333/1333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1335/1335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1336/1336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1337/1337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1338/1338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1340/1340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1341/1341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1342/1342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1343/1343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1454/1454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1455/1455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1456/1456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1457/1457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1458/1458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1459/1459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1460/1460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1461/1461_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1319/1319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1320/1320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1321/1321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1322/1322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1324/1324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1326/1326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1329/1329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1332/1332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1333/1333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1335/1335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1336/1336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1337/1337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1338/1338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1340/1340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1341/1341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1342/1342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1343/1343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1454/1454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1455/1455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1456/1456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1457/1457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1458/1458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1459/1459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1460/1460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1989/1461/1461_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="19.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="95.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="94.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>