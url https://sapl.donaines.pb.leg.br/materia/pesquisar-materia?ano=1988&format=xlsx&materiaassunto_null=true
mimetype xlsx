--- v0 (2025-12-04)
+++ v1 (2026-03-05)
@@ -54,249 +54,249 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>MESA DA CÂMARA</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1988/1360/1360_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1988/1360/1360_texto_integral.pdf</t>
   </si>
   <si>
     <t>REAJUSTA VENCIMENTOS E SALÁRIOS DOS SERVIDORES DA CÂMARA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1988/1362/1362_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1988/1362/1362_texto_integral.pdf</t>
   </si>
   <si>
     <t>ADOTA LEI COMPLEMENTAR Nº39 QUE DISPÕE SOBRE O ESTATUTO DOS FUNCIONÁRIOS PÚBLICOS CIVIS DO ESTADO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1988/1356/1356_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1988/1356/1356_texto_integral.pdf</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1988/1357/1357_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1988/1357/1357_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR O CRÉDITO ESPECIAL PARA FINS QUE   MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1358</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1988/1358/1358_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1988/1358/1358_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A DOAR TERRENO DO GOVERNO DO ESTADO,E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1988/1359/1359_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1988/1359/1359_texto_integral.pdf</t>
   </si>
   <si>
     <t>REAJUSTA VENCIMENTOS E SALÁRIOS DOS SERVIDORES DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1988/1361/1361_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1988/1361/1361_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO INCISO I DO ARTIGO 6º DA LEI ORÇAMENTÁRIA DE 1987 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1355</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1988/1355/1355_texto_integral.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1988/1355/1355_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO PARA O EXERCÍCIO DE 1989.</t>
   </si>
   <si>
     <t>3764</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>Leis</t>
   </si>
   <si>
     <t>Lei Ordinária Municipal</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/1988/3764/lei_no_123_de_11_de_abril_de_1988.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/1988/3764/lei_no_123_de_11_de_abril_de_1988.pdf</t>
   </si>
   <si>
     <t>REAJUSTA VENCIMENTOS, SALÁRIOS E PROVENTOS DOS SERVIDORES MUNICIPAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3765</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/1988/3765/lei_no_124_de_11_de_abril_de_1988.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/1988/3765/lei_no_124_de_11_de_abril_de_1988.pdf</t>
   </si>
   <si>
     <t>ADOTA A LEI COMPLEMENTAR Nº 39, QUE DISPÕE SOBRE O ESTATUTO DOS FUNCIONÁRIOS PÚBLICOS CIVIS DO ESTADO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3766</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/1988/3766/lei_no_125_de_18_de_abril_de_1988.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/1988/3766/lei_no_125_de_18_de_abril_de_1988.pdf</t>
   </si>
   <si>
     <t>REAJUSTA OS VENCIMENTOS E SALÁRIOS DOS SERVIDORES DA CÂMARA MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3767</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/1988/3767/lei_no_126_de_26_de_maio_de_1988.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/1988/3767/lei_no_126_de_26_de_maio_de_1988.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CREDITO ESPECIAL PARA FINS QUE MENCIONA, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3768</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/1988/3768/lei_no_127_de_26_de_maio_de_1988.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/1988/3768/lei_no_127_de_26_de_maio_de_1988.pdf</t>
   </si>
   <si>
     <t>3769</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/1988/3769/lei_no_129_de_15_de_agosto_de_1988.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/1988/3769/lei_no_129_de_15_de_agosto_de_1988.pdf</t>
   </si>
   <si>
     <t>3770</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>PREFEITO MUNICIPAL</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/1988/3770/lei_no_130_de_16_de_outubro_de_1988.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/1988/3770/lei_no_130_de_16_de_outubro_de_1988.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO INCISO I DO ARTIGO 6º DA LEI ORÇAMENTÁRIA DE 1987, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3771</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/1988/3771/lei_no_131_de_16_de_outubro_de_1988.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/1988/3771/lei_no_131_de_16_de_outubro_de_1988.pdf</t>
   </si>
   <si>
     <t>3772</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/1988/3772/lei_no_132_de_16_de_outubro_de_1988.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/1988/3772/lei_no_132_de_16_de_outubro_de_1988.pdf</t>
   </si>
   <si>
     <t>3773</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/1988/3773/lei_no_133_de_09_de_dezembro_de_1988.pdf</t>
+    <t>http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/1988/3773/lei_no_133_de_09_de_dezembro_de_1988.pdf</t>
   </si>
   <si>
     <t>CONCEDE ABONO DE NATAL AOS SERVIDORES DA CÂMARA MUNICIPAL E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -603,67 +603,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1988/1360/1360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1988/1362/1362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1988/1356/1356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1988/1357/1357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1988/1358/1358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1988/1359/1359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1988/1361/1361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1988/1355/1355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/1988/3764/lei_no_123_de_11_de_abril_de_1988.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/1988/3765/lei_no_124_de_11_de_abril_de_1988.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/1988/3766/lei_no_125_de_18_de_abril_de_1988.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/1988/3767/lei_no_126_de_26_de_maio_de_1988.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/1988/3768/lei_no_127_de_26_de_maio_de_1988.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/1988/3769/lei_no_129_de_15_de_agosto_de_1988.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/1988/3770/lei_no_130_de_16_de_outubro_de_1988.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/1988/3771/lei_no_131_de_16_de_outubro_de_1988.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/1988/3772/lei_no_132_de_16_de_outubro_de_1988.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/1988/3773/lei_no_133_de_09_de_dezembro_de_1988.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1988/1360/1360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1988/1362/1362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1988/1356/1356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1988/1357/1357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1988/1358/1358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1988/1359/1359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1988/1361/1361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/./sapl/public/materialegislativa/1988/1355/1355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/1988/3764/lei_no_123_de_11_de_abril_de_1988.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/1988/3765/lei_no_124_de_11_de_abril_de_1988.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/1988/3766/lei_no_125_de_18_de_abril_de_1988.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/1988/3767/lei_no_126_de_26_de_maio_de_1988.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/1988/3768/lei_no_127_de_26_de_maio_de_1988.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/1988/3769/lei_no_129_de_15_de_agosto_de_1988.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/1988/3770/lei_no_130_de_16_de_outubro_de_1988.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/1988/3771/lei_no_131_de_16_de_outubro_de_1988.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/1988/3772/lei_no_132_de_16_de_outubro_de_1988.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.donaines.pb.leg.br/media/sapl/public/materialegislativa/1988/3773/lei_no_133_de_09_de_dezembro_de_1988.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="19.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="114.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="113.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="130.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>